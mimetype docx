--- v0 (2026-01-24)
+++ v1 (2026-03-26)
@@ -1,15503 +1,44122 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?> <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"> <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/> <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/> <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblW w:w="9900" w:type="dxa"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblBorders/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4200"/>
         <w:gridCol w:w="5700"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00134370" w:rsidRPr="00134370" w14:paraId="613C9751" w14:textId="77777777">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="898"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders/>
             <w:tcW w:w="9900" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1292C96E" w14:textId="77777777" w:rsidR="00FE7D50" w:rsidRPr="00134370" w:rsidRDefault="00FE7D50" w:rsidP="002D6F74">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="815"/>
+              <w:pBdr/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="8931"/>
+                <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>CỘNG HOÀ XÃ HỘI CHỦ NGHĨA VIỆT NAM</w:t>
+              <w:t xml:space="preserve">CỘNG HOÀ XÃ HỘI CHỦ NGHĨA VIỆT NAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2446406D" w14:textId="77777777" w:rsidR="00FE7D50" w:rsidRPr="00134370" w:rsidRDefault="00FE7D50" w:rsidP="002D6F74">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="8931"/>
+                <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Độc lập - Tự do – Hạnh phúc</w:t>
+              <w:t xml:space="preserve">Độc lập - Tự do – Hạnh phúc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="362269AB" w14:textId="77777777" w:rsidR="00FE7D50" w:rsidRPr="00134370" w:rsidRDefault="002A3818" w:rsidP="002A3818">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="8931"/>
+                <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>-----***-----</w:t>
+              <w:t xml:space="preserve">-----***-----</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00192AD3" w:rsidRPr="00134370" w14:paraId="54E691CC" w14:textId="77777777" w:rsidTr="0091139B">
+      <w:tr>
         <w:trPr>
           <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="4200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6C85E23A" w14:textId="31D826DC" w:rsidR="00694922" w:rsidRPr="00134370" w:rsidRDefault="00A34D12" w:rsidP="000F231A">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="8931"/>
+                <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
-              <w:ind w:left="-80" w:right="-94"/>
+              <w:ind w:right="-94" w:left="-80"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:bCs/>
+                <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Số: </w:t>
             </w:r>
-            <w:r w:rsidR="004D39DF" w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>HSTD-20260119-0040/HĐTĐ-VFI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">275/2026/0169/VFI-HĐTĐ.48.A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="5700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6744C92C" w14:textId="0846D262" w:rsidR="00694922" w:rsidRPr="00134370" w:rsidRDefault="00694922" w:rsidP="00A34D12">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="120" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:ind w:left="357" w:firstLine="3"/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="120" w:line="288" w:lineRule="auto"/>
+              <w:ind w:firstLine="3" w:left="357"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidR="00CE3ACE" w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  Hà Nội, </w:t>
             </w:r>
-            <w:r w:rsidR="004D39DF" w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>ngày 21 tháng 1 năm 2026</w:t>
+              <w:t xml:space="preserve">ngày 21 tháng 1 năm 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C741FC5" w14:textId="77777777" w:rsidR="00E300CE" w:rsidRPr="00134370" w:rsidRDefault="00E300CE" w:rsidP="002D6F74">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="10"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="10"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>HỢP ĐỒNG</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004E3443" w:rsidRPr="00134370">
+        <w:t xml:space="preserve">HỢP ĐỒNG</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FE7D50" w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>DỊCH VỤ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00EB0EC4" w:rsidRPr="00134370">
+        <w:t xml:space="preserve">DỊCH VỤ</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> THẨM ĐỊNH </w:t>
       </w:r>
-      <w:r w:rsidR="00376C39" w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>GIÁ</w:t>
+        <w:t xml:space="preserve">GIÁ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BC2EB9" w14:textId="77777777" w:rsidR="00F97283" w:rsidRPr="00134370" w:rsidRDefault="002B061B" w:rsidP="00A34D12">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(V/v: </w:t>
       </w:r>
-      <w:r w:rsidR="00963641" w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thẩm định </w:t>
       </w:r>
-      <w:r w:rsidR="004717B8" w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">giá </w:t>
       </w:r>
-      <w:r w:rsidR="00963641" w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>tài sản</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FB0B74" w:rsidRPr="00134370">
+        <w:t xml:space="preserve">tài sản</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>)</w:t>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB76870" w14:textId="77777777" w:rsidR="00134370" w:rsidRDefault="0060052D" w:rsidP="00134370">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
+        <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Căn cứ Luật Dân sự số 91/2015/QH13 ngày 24/11/2015 và các văn bản hướng dẫn thi hành;</w:t>
+        <w:t xml:space="preserve">Căn cứ Luật Dân sự số 91/2015/QH13 ngày 24/11/2015 và các văn bản hướng dẫn thi hành;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013285D9" w14:textId="36B94C78" w:rsidR="00FC6C52" w:rsidRPr="00134370" w:rsidRDefault="005813D5" w:rsidP="00134370">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
+        <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Căn cứ Luật Doanh nghiệp số 59/2020/QH14 ngày 17/6/2020; Luật số 76/2025 sửa đổi bổ sung một số điều của Luật Doanh Nghiệp và các văn bản hướng dẫn thi hành;</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00FC6C52" w:rsidRPr="00134370">
+        <w:t xml:space="preserve">Căn cứ Luật Doanh nghiệp số 59/2020/QH14 ngày 17/6/2020; Luật số 76/2025 sửa đổi bổ sung một số điều của Luật Doanh Nghiệp và các văn bản hướng dẫn thi hành;</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A45960D" w14:textId="423747D6" w:rsidR="00FC6C52" w:rsidRPr="00134370" w:rsidRDefault="00FC6C52" w:rsidP="00FC6C52">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
+        <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Luật giá số 16/2023/QH15 ngày 19/06/2023 và các văn bản hướng dẫn thi hành; </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="16E2C997" w14:textId="77777777" w:rsidR="0060052D" w:rsidRPr="00134370" w:rsidRDefault="002D048A" w:rsidP="002D048A">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
+        <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Căn cứ Nghị định 78/2024/NĐ-CP ngày 01/07/2024 của chính phủ Quy định chi tiết một số điều của Luật giá về thẩm định giá</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0060052D" w:rsidRPr="00134370">
+        <w:t xml:space="preserve">Căn cứ Nghị định 78/2024/NĐ-CP ngày 01/07/2024 của chính phủ Quy định chi tiết một số điều của Luật giá về thẩm định giá</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>;</w:t>
+        <w:t xml:space="preserve">;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C94F032" w14:textId="67B0D2DE" w:rsidR="007101A7" w:rsidRPr="007101A7" w:rsidRDefault="0060052D" w:rsidP="007101A7">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
+        <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>Căn cứ nhu cầu và khả năng của hai bên.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007101A7">
+        <w:t xml:space="preserve">Căn cứ nhu cầu và khả năng của hai bên.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="390E5DB2" w14:textId="77777777" w:rsidR="00444EB0" w:rsidRPr="00134370" w:rsidRDefault="00444EB0" w:rsidP="00444EB0">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblInd w:w="168" w:type="dxa"/>
         <w:tblW w:w="9726" w:type="dxa"/>
-        <w:tblInd w:w="168" w:type="dxa"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="113" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
+        <w:tblBorders/>
+        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="7951"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00134370" w:rsidRPr="00134370" w14:paraId="103E7910" w14:textId="77777777" w:rsidTr="00EF460F">
+      <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="154307E1" w14:textId="77777777" w:rsidR="00EF4F4D" w:rsidRPr="00134370" w:rsidRDefault="00EF4F4D" w:rsidP="00EF4F4D">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
-              <w:contextualSpacing/>
+              <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
+            <w:r/>
             <w:bookmarkStart w:id="0" w:name="_Hlk117252695"/>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>BÊN A</w:t>
+              <w:t xml:space="preserve">BÊN A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4791F637" w14:textId="77777777" w:rsidR="00EF4F4D" w:rsidRPr="00134370" w:rsidRDefault="00EF4F4D" w:rsidP="00EF4F4D">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
-              <w:contextualSpacing/>
+              <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="459F6DA7" w14:textId="3CA5AB44" w:rsidR="00EF4F4D" w:rsidRPr="00134370" w:rsidRDefault="00246B5C" w:rsidP="00EF4F4D">
+          <w:p>
             <w:pPr>
-              <w:keepNext/>
-[...2 lines deleted...]
-              <w:outlineLvl w:val="0"/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+                <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+                <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+                <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+              </w:pBdr>
+              <w:spacing/>
+              <w:ind w:right="0" w:firstLine="0" w:left="0"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
-                <w:color w:val="000000" w:themeColor="text1"/>
-                <w:spacing w:val="-8"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...7 lines deleted...]
-              <w:t>ÔNG TRẦN VĂN PHƯƠNG</w:t>
+              <w:t xml:space="preserve">ÔNG TRẦN VĂN PHƯƠNG</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="0"/>
-      <w:tr w:rsidR="00134370" w:rsidRPr="00134370" w14:paraId="7FB3C39D" w14:textId="77777777" w:rsidTr="00EF460F">
+      <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="47B702AD" w14:textId="3DC26743" w:rsidR="00EF4F4D" w:rsidRPr="00134370" w:rsidRDefault="00E815D7" w:rsidP="00EF4F4D">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>CCCD</w:t>
+              <w:t xml:space="preserve">CCCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="52EE7299" w14:textId="77777777" w:rsidR="00EF4F4D" w:rsidRPr="00134370" w:rsidRDefault="00EF4F4D" w:rsidP="00EF4F4D">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="20AF49ED" w14:textId="531E65B2" w:rsidR="00EF4F4D" w:rsidRPr="00134370" w:rsidRDefault="00246B5C" w:rsidP="00EF4F4D">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:pBdr>
+                <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+                <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+                <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+                <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+              </w:pBdr>
+              <w:spacing w:after="40" w:before="40" w:line="276" w:lineRule="auto"/>
+              <w:ind w:right="0" w:firstLine="0" w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
-                <w:bCs/>
-[...1 lines deleted...]
-                <w:lang w:val="vi-VN"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>036085008603</w:t>
+              <w:t xml:space="preserve">036085008603</w:t>
             </w:r>
+            <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00134370" w:rsidRPr="00134370" w14:paraId="45DF7C65" w14:textId="77777777" w:rsidTr="00EF460F">
+      <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6458EB" w14:textId="3E314D93" w:rsidR="00EF4F4D" w:rsidRPr="00134370" w:rsidRDefault="00EF4F4D" w:rsidP="00EF4F4D">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-[...1 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind w:right="-9"/>
+              <w:contextualSpacing w:val="true"/>
               <w:rPr>
-                <w:bCs/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
-                <w:bCs/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="pt-BR"/>
+                <w:u w:val="single"/>
               </w:rPr>
-              <w:t>Đia chỉ</w:t>
+              <w:t xml:space="preserve">BÊN B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB40503" w14:textId="77777777" w:rsidR="00EF4F4D" w:rsidRPr="00134370" w:rsidRDefault="00EF4F4D" w:rsidP="00EF4F4D">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind w:right="-9"/>
+              <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:bCs/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
-                <w:bCs/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="47313588" w14:textId="5B7D3557" w:rsidR="00EF4F4D" w:rsidRPr="00134370" w:rsidRDefault="00246B5C" w:rsidP="00EF4F4D">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:keepNext w:val="true"/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:outlineLvl w:val="0"/>
               <w:rPr>
-                <w:bCs/>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
+                <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:lang w:val="vi-VN"/>
               </w:rPr>
-              <w:t/>
+              <w:t xml:space="preserve">CÔNG TY CỔ PHẦN THẨM ĐỊNH VÀ ĐẦU TƯ TÀI CHÍNH HOA SEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00134370" w:rsidRPr="00134370" w14:paraId="623FF43E" w14:textId="77777777" w:rsidTr="00EF460F">
+      <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="637C8633" w14:textId="77777777" w:rsidR="00000669" w:rsidRPr="00134370" w:rsidRDefault="00000669" w:rsidP="00EF460F">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-[...661 lines deleted...]
-              <w:contextualSpacing/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Chức vụ</w:t>
+              <w:t xml:space="preserve">Địa chỉ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="0F9C8DCD" w14:textId="5C60313A" w:rsidR="003753C2" w:rsidRPr="00134370" w:rsidRDefault="00501C0C" w:rsidP="00EF460F">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="7951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">BT5 - 23, Khu đô thị mới Văn Phú, Phường Kiến Hưng, Thành phố Hà Nội</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Điện thoại</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="7951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="3382"/>
+              </w:tabs>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">024 2264 4333</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mã số thuế</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="7951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:t xml:space="preserve">0102708994</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mã số GCN đủ điều kiện hành nghề</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="03F8A301" w14:textId="714D664B" w:rsidR="003753C2" w:rsidRPr="00B2166D" w:rsidRDefault="00501C0C" w:rsidP="00EF460F">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">275/TĐG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tài khoản số</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="7951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1505112366666 tại Agribank Chi nhánh Hà Nội II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Đại diện</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="7951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vũ Văn Quân</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chức vụ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="7951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Chủ Tịch HĐQT kiêm Tổng Giám Đốc</w:t>
+              <w:t xml:space="preserve">Chủ Tịch HĐQT kiêm Tổng Giám Đốc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00501C0C" w:rsidRPr="00134370" w14:paraId="5A6EFF0A" w14:textId="77777777" w:rsidTr="00EF460F">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="167F71B6" w14:textId="77777777" w:rsidR="00501C0C" w:rsidRDefault="00501C0C" w:rsidP="00EF460F">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r/>
             <w:bookmarkStart w:id="1" w:name="_Hlk216105751"/>
+            <w:r/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3239FF2D" w14:textId="77777777" w:rsidR="00501C0C" w:rsidRDefault="00501C0C" w:rsidP="00EF460F">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="75FF33B1" w14:textId="0C45E64C" w:rsidR="00501C0C" w:rsidRDefault="00501C0C" w:rsidP="00EF460F">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="40" w:after="40" w:line="288" w:lineRule="auto"/>
-              <w:contextualSpacing/>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t/>
             </w:r>
-          </w:p>
-[...5261 lines deleted...]
-            </w:r>
+            <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Chủ Tịch HĐQT kiêm Tổng Giám Đốc</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="150FF5B9" w14:textId="77777777" w:rsidR="00B818DD" w:rsidRPr="00134370" w:rsidRDefault="00B818DD" w:rsidP="009A047E">
-[...3 lines deleted...]
-          <w:i/>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:pBdr/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-      </w:pPr>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="644D56FD" w14:textId="54FB6BE8" w:rsidR="009A047E" w:rsidRPr="00134370" w:rsidRDefault="009A047E" w:rsidP="00B818DD">
-[...2 lines deleted...]
-        <w:ind w:left="270"/>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:pBdr/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sau khi bàn bạc hai bên cùng thống nhất ký kết </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hợp đồng dịch vụ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">thẩm định giá với các điều khoản và điều kiện cụ thể sau:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:pBdr/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CÁC TỪ VIẾT TẮT  VÀ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ĐỊNH NGHĨA TRONG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HỢP ĐỒNG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00134370">
-[...43 lines deleted...]
-        <w:t>cụ thể như sau:</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NÀY</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="674AE1B6" w14:textId="77777777" w:rsidR="0090495D" w:rsidRPr="00134370" w:rsidRDefault="0090495D" w:rsidP="00B818DD">
-[...2 lines deleted...]
-        <w:ind w:left="270"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="69B6A27D" w14:textId="77777777" w:rsidR="00F634F8" w:rsidRPr="00901284" w:rsidRDefault="00F634F8" w:rsidP="00F634F8">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="31"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-        <w:t>Điều 1: Quy định mức phụ phí bổ sung đã được thỏa thuận tại mục 3.2, Điều 3, HĐDVTĐG số HSTD-20260119-0040/HĐTĐ-VFI đã ký ngày 21 tháng 1 năm 2026 như sau:</w:t>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các từ viết tắt trong </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hợp đồng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E84838F" w14:textId="77777777" w:rsidR="00F634F8" w:rsidRPr="00134370" w:rsidRDefault="00F634F8" w:rsidP="00F634F8">
-[...15 lines deleted...]
-          <w:szCs w:val="18"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hợp đồng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dịch vụ thẩm định giá: “HĐDVTĐG”;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phụ lục </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hợp đồng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dịch vụ thẩm định giá: “PLHĐDVTĐG”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tài sản thẩm định giá: “TSTĐG”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Biên </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bản khảo sát hiện trạng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tài sản</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thẩm định giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: “BBKSTS”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="32"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chứng thư thẩm định giá, Báo cáo kết quả thẩm định giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: “CT, BCTĐG”</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Định nghĩa:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: là </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này, các Phụ lục kèm theo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, các Phụ lục sửa đồi, b</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ổ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sung các thoả thuận khác được các bên thống nhất thực hiện và lập thành văn bản ký kết giữa các bên (nếu có).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Có nghĩa là Bên sử dụng dịch vụ thẩm định giá, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên B </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">là bên cung cấp dịch vụ thẩm định giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phí dịch vụ thẩm định giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Có nghĩa là mức phí cho dịch vụ thẩm định giá (định giá) Bên B sẽ thu của Bên A, theo Biểu phí thẩm định giá Bên B dành cho Bên A hoặc theo thỏa thuận giữa Bên A và Bên B được ghi tại </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phụ lục hoặc phụ lục </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Có nghĩa văn bản thoả thuận về việc sửa đổi, bổ sung một hoặc một số nội dung của </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này. Phụ lục/Phụ lục </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">là một phần không tách rời của </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="855"/>
+        <w:numPr>
+          <w:ilvl w:val="3"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thông tin mật</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: Là tất cả các thông tin do Bên A, Khách hàng của Bên A trực tiếp hoặc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> gián tiếp cung cấp cho Bên B dưới dạng văn bản, lời nói, fax, hay dữ liệu điện tử và/hoặc các thông tin có liên quan tới tất cả các giao dịch giữa Bên A và Khách hàng của Bên A với Bên B mà Bên B có được trong quá trình thực hiện các dịch vụ quy định tại </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="819"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ĐIỀU 1: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">NỘI DUNG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tài sản thẩm định giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quyền sử dụng đất tại thửa đất số: 538, tờ bản đồ số: 11 có địa chỉ: 16A Lã Xuân Oai, phường Long Trường, Quận 9, thành phố Hồ Chí Minh (nay là phường Long Thành, thành phố Hồ Chí Minh) theo Giấy chứng nhận Quyền sử dụng đất quyền sở hữu nhà ở và tài sản k</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hác gắn liền với đất số: BT 687878, số vào sổ cấp GCN: CH03330 do Uỷ ban nhân dân quận 9 cấp ngày 07/5/2014; Chủ sử dụng đất là Ông Trần Văn Phương và Bà Nguyễn Thị Ngọc (cập nhập ngày 14/4/2025)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nội dung và phạm vi công việc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="709" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên A đề nghị và Bên B đồng ý cung cấp dịch vụ thẩm định giá đối với các </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TSTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> như đã liệt kê tại mục 1 của Điều này theo đúng quy định của pháp luật hiện hành.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="709" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Việc định giá của Bên B phải được tiến hành độc lập, khách quan, trung thực và tuân thủ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, phù hợp với quy định</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pháp luật</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thẩm định giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dựa trên các tiêu chuẩn kỹ thuật, tính chất, vị trí, quy mô, thực trạng của tài sản, giá thị trường tại thời điểm định giá.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thời điểm thẩm định giá: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tháng 1 năm 2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ĐIỀU </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: MỤC ĐÍCH THẨM ĐỊNH GIÁ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-2"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kết quả thẩm định giá để khách hàng tham khảo giá trị tài sản phục vụ công tác  vay vốn tại tổ chức tín dụng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ĐIỀU </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: THỜI GIAN VÀ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PHÍ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DỊCH VỤ THẨM ĐỊNH GIÁ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="709" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve">Thời gian thẩm định giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên B tiến hành công việc thẩm định và trả lời kết </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quả thẩm định</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bằng văn bản </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chậm nhất </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sau </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">05</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Năm) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ngày làm việc (kể từ khi Bên A bàn giao cho Bên B đầy đủ hồ sơ pháp lý có liên quan về </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TSTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="709" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phí</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dịch vụ thẩm định</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:jc w:val="center"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="720" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5760"/>
-        <w:gridCol w:w="2520"/>
+        <w:gridCol w:w="2822"/>
+        <w:gridCol w:w="296"/>
+        <w:gridCol w:w="2113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F634F8" w:rsidRPr="00134370" w14:paraId="15364ECE" w14:textId="77777777" w:rsidTr="00D45F8B">
+      <w:tr>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5760" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcW w:w="2822" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB7B8E0" w14:textId="77777777" w:rsidR="00F634F8" w:rsidRPr="00134370" w:rsidRDefault="00F634F8" w:rsidP="00D45F8B">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="0"/>
-[...24 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>0</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Phí hỗ trợ thu thập thông tin quy hoạch chuyên sâu (nếu có) (2)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcW w:w="296" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="616AC6E6" w14:textId="77777777" w:rsidR="00F634F8" w:rsidRPr="00134370" w:rsidRDefault="00F634F8" w:rsidP="00D45F8B">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="0"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
               <w:rPr>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t xml:space="preserve">:</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:r>
               <w:rPr>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:t>Phụ phí ngoại tỉnh, khu vực khó khăn (3)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2520" w:type="dxa"/>
-[...3 lines deleted...]
-            </w:tcBorders>
+            <w:tcBorders/>
+            <w:tcW w:w="2113" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="14C9FEE4" w14:textId="77777777" w:rsidR="00F634F8" w:rsidRPr="00134370" w:rsidRDefault="00F634F8" w:rsidP="00D45F8B">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
-              <w:ind w:left="0"/>
-[...147 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:ind/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t xml:space="preserve">VND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="2822" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phí thẩm định</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (*)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="296" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="2113" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4.629.630</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="2822" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VAT </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="296" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="2113" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">370.370</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="2822" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tổng cộng:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="296" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="2113" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5.000.000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="467E9621" w14:textId="77777777" w:rsidR="00F634F8" w:rsidRPr="00134370" w:rsidRDefault="00F634F8" w:rsidP="00F634F8">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
-        <w:ind w:left="270" w:firstLine="297"/>
-[...73 lines deleted...]
-        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00134370">
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Bằng chữ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Năm triệu đồng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">./.</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="001E22E0" w:rsidRPr="00134370">
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BD5D29" w:rsidRPr="00134370">
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="001E22E0" w:rsidRPr="00134370">
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00976B57" w:rsidRPr="00134370">
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(*) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phí dịch vụ trên </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">chưa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bao gồm chi phí khảo sát và các phụ phí khác (nếu có)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="001E22E0" w:rsidRPr="00134370">
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00134370">
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ĐIỀU </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PHƯƠNG THỨC THANH TOÁN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5A431FAD" w14:textId="216F42C0" w:rsidR="00050815" w:rsidRPr="00134370" w:rsidRDefault="00050815" w:rsidP="001E22E0">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:line="312" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:t>;</w:t>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="709" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phương thức thanh toán: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tiền mặt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc chuyển khoản</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1470C389" w14:textId="4F1FFC08" w:rsidR="00050815" w:rsidRPr="00134370" w:rsidRDefault="00050815" w:rsidP="00050815">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="25"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:line="312" w:lineRule="auto"/>
-[...9 lines deleted...]
-        <w:t>Hình thức thanh toán:</w:t>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="706" w:left="706"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên A có trách nhiệm thanh toán 100% phí thẩm định cho Bên </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B sau khi Bên B phát hành Chứng thư thẩm định và hóa đơn tài chính hợp lệ, trong mọi trường hợp phí dịch vụ phải được thanh toán chậm nhất là không quá 05 (năm) ngày làm việc sau khi Bên B cung cấp Chứng thư thẩm định và hóa đơn tài chính hợp lệ cho Bên A.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="454613CB" w14:textId="713F2391" w:rsidR="00050815" w:rsidRPr="00134370" w:rsidRDefault="00050815" w:rsidP="00050815">
-[...11 lines deleted...]
-        <w:t>Thanh toán bằng tiền mặt cho người được Bên B ủy quyền (có giấy giới thiệu) hoặc;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="706" w:left="706"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các khoản tạm ứng thực hiện </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(nếu có) sẽ được Bên B gửi tới Bên A theo mẫu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đề nghị tạm ứng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của Bên B;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD799B9" w14:textId="4C4F9201" w:rsidR="00050815" w:rsidRPr="00134370" w:rsidRDefault="00050815" w:rsidP="00050815">
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> vào tài khoản ngân hàng của Bên B, theo số tài khoản dưới đây:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="706" w:left="706"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mọi khoản phí </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">đ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ược quy định tại </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và các khoản tạm ứng phí (nếu có) được thanh toán vào tài khoản ngân hàng của Bên A theo thông tin sau:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E8B0968" w14:textId="77777777" w:rsidR="00050815" w:rsidRPr="00134370" w:rsidRDefault="00050815" w:rsidP="00050815">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="819"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>Tên tài khoản: Công ty CP thẩm định và Đầu tư Tài chính Hoa Sen</w:t>
+        <w:t xml:space="preserve">Tê</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n tài khoản: Công ty CP thẩm định và Đầu tư Tài chính Hoa Sen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76F4A602" w14:textId="77777777" w:rsidR="00050815" w:rsidRPr="00134370" w:rsidRDefault="00050815" w:rsidP="00050815">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="819"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>Số tài khoản: 1505112366666</w:t>
+        <w:t xml:space="preserve">Số tài khoản: 1505112366666</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="229182A7" w14:textId="3C31C0A4" w:rsidR="00050815" w:rsidRPr="00134370" w:rsidRDefault="00050815" w:rsidP="00050815">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="819"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Ngân hàng: Agribank chi nhánh Hà Nội </w:t>
       </w:r>
-      <w:r w:rsidR="008564C8">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>II</w:t>
+        <w:t xml:space="preserve">II</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="434E181C" w14:textId="77777777" w:rsidR="00050815" w:rsidRPr="00134370" w:rsidRDefault="00050815" w:rsidP="00050815">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="819"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
-        <w:spacing w:before="120" w:after="120" w:line="312" w:lineRule="auto"/>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00134370">
+      <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t>Mã Citad: 01204035</w:t>
-[...14 lines deleted...]
-        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:t xml:space="preserve">Mã Citad: 01204035</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00134370">
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Điều </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00410E77" w:rsidRPr="00134370">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00134370">
+        <w:t xml:space="preserve">ĐIỀU 5: TRÁCH NHIỆM CỦA CÁC BÊN</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A85B1B" w:rsidRPr="00134370">
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="709" w:left="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidR="009A047E" w:rsidRPr="00134370">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> chung</w:t>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quyền và </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trách nhiệm của Bên A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33A6CD4C" w14:textId="314754B4" w:rsidR="00CA3D4A" w:rsidRPr="00134370" w:rsidRDefault="009A047E" w:rsidP="009A047E">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:line="312" w:lineRule="auto"/>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> HSTD-20260119-0040/HĐTĐ-VFI</w:t>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cung cấp cho bên B đầy đủ hồ sơ kinh tế, kỹ thuật và pháp lý của tài sản. Chịu hoàn toàn trách nhiệm về tính pháp lý của hồ sơ và tính chính xác</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, trung thực</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của các thông tin đã cung cấp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257FD33E" w14:textId="77777777" w:rsidR="00A85B1B" w:rsidRPr="00134370" w:rsidRDefault="00CA3D4A" w:rsidP="009A047E">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:line="312" w:lineRule="auto"/>
-[...75 lines deleted...]
-        <w:t xml:space="preserve"> trong bất kỳ trường hợp nào.</w:t>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cử người đại diện liên hệ và giải quyết những khó khăn, vướng mắc phát sinh trong quá trình thẩm định. Tạo điều kiện thuận lợi và cần thiết trong quá trình thu thập thông tin, hồ sơ về dự án thẩm định từ lúc bắt đầu cho đến lúc kết thúc để </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ên B tiến hành việc thẩm định giá có hiệu quả</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, phù hợp quy định pháp luật về thẩm định giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="535A0D50" w14:textId="112EFA1A" w:rsidR="00A85B1B" w:rsidRPr="00134370" w:rsidRDefault="009A047E" w:rsidP="009A047E">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:line="312" w:lineRule="auto"/>
-[...21 lines deleted...]
-        <w:t>được lập thành …….. bản, có nội dung &amp; giá trị pháp lý như nhau, mỗi bên giữ ……. bản.</w:t>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên A hoặc người được Bên A cử có trách nhiệm hướng dẫn Bên B thực hiện khảo sát hiện trạng tài sản, đặc tính kỹ thuật</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TSTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tại thời điểm khảo sát tài sản</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và phải chịu trách nhiệm với các hướng dẫn này.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79984181" w14:textId="5212A63E" w:rsidR="00FE3F05" w:rsidRPr="00FE3F05" w:rsidRDefault="009A047E" w:rsidP="00FE3F05">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p>
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
-        <w:spacing w:line="312" w:lineRule="auto"/>
-[...33 lines deleted...]
-        <w:t> và có giá trị kể từ ngày ký.</w:t>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Có trách nhiệm ký các </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BBKSTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> theo mẫu và nội dung đã được trình bày trong </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BBKSTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phù hợp với hiện trạng tại thời điểm khảo sát. Trường hợp Bên B có yêu cầu mà bên A vì bất kỳ lý do nào khác mà không thực hiện ký xác nhận </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BBKSTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của Bên B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sau khi </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CT, BCTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã được ban hành bởi Bên B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thì </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BBKSTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> này được coi là đã được thống nhất và xác nhận giữa Bên A và Bên B, mọi thông tin được trình bày trên </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BBKSTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> của Bên B mặc nhiên được coi là đã trình bày phù hợp với thực trạng tài sản được khảo sát tại thời điểm khảo sát tài sản và </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên A phải hoàn toàn chịu trách nhiệm với các thông tin này với vai trò là người hướng dẫn khảo sát.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6115F044" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRPr="00134370" w:rsidRDefault="00FE3F05" w:rsidP="00FE3F05">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên A phải hoàn toàn chịu trách nhiệm về tính chính xác vị trí tài sản, pháp lý tài sản. Nếu có bất kỳ ảnh hưởng nào có thể gây ảnh hưởng đến tính pháp lý của tài sản (tranh chấp, tranh chấp mốc giới, tài sản bị lấn chiếm, đã nhận cầ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m cố, thế chấp hay bất kỳ hình thức nào khác có ảnh hưởng đến việc bảo toàn quyền sở hữu, quyền tự do chuyển nhượng tài sản, bị xâm lấn diện tích hoặc thay đổi hiện trạng kỹ thuật của tài sản… (nếu có), Bên A phải chủ động thông báo lại cho Bên B. Trường h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ợp nếu Bên A không thực hiện chủ động thông báo lại những thay đổi này cho Bên B thì sau thời điểm đã ban hành CT, BCTĐG mà các ảnh hưởng này (nếu có) có ảnh hưởng đến giá trị TSTĐG tại thời điểm thẩm định giá thì các ảnh hưởng này thuộc trách nhiệm Bên A.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên A cam kết trong suốt quá trình thẩm định giá chỉ thực hiện thanh toán phần phí thẩm định giá đã được nêu tại Đ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">iều</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG và PLHĐDVTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nếu có) trực tiếp vào tài khoản của Bên B đã được ghi tại Điều 4 của </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này. Mọi khoản chi phí mà Bên A thực hiện thanh toán cho cá nhân của Bên B hoặc cá nhân không phải do bên B chỉ định thu hộ (nếu có) mà có chi phối đến tính độc lập, khách quan của các thành viên có liên quan của Bê</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n B thực hiện các khâu của quá trình thẩm định giá mà gây ảnh hưởng đến kết quả thẩm định giá, làm sai lệch kết quả thẩm định giá (nếu có) thì mọi trách nhiệm có liên quan (bao gồm cả trách nhiệm pháp lý, trách nhiệm về nghĩa vụ kinh tế, tài chính (nếu có)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đến kết quả thẩm định giá thuộc về Bên A và các thành viên bị chi phối tính độc lập, khách quan.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trước khi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chấp nhận Bên B ban hành </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CT, BCTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Bên A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> có trách nhiệm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phải thực hiện đọc kỹ các nội dung và chấp nhận toàn bộ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> các nội dung đã được ghi trong </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BBKSTS</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tài sản, các</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> phương thức</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, các thông tin đã được</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trình bày,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> các tính toán,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> các ước tính</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ước lượng, các ước đoán</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nếu có),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> các biện pháp kỹ thuật phân tích (nếu có), “Các giả thiết và giả thiết đặc biệt”, “Tuyên bố chung và miễn trừ trách nhiệm” và các nội dung được trình bày tại mục “Những điều khoản loại trừ và hạn chế của kết quả thẩm định giá” đã được Bên B trình bày tại </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CT, BCTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mà bên Bên B đã thực hiện cung cấp và ban hành cho Bên A theo thỏa thuận tại </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nếu Bên A không thực hiện đọc, hiểu rõ và yêu cầu Bên B giải trình (nếu có) thì mọi trách nhiệm cuối cùng thuộc về Bên A.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sử dụng </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CT, BCTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ên B cung cấp đúng mục đích được ghi rõ trong </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">các v</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ăn bản thẩm định giá. Nếu bên A sử dụng kết quả thẩm định giá sai mục đích thì phải chịu hoàn toàn trách nhiệm trước pháp luật.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trong trường hợp Bên A cố ý sử dụng chứng thư sai mục đích đã được quy định tại HĐDVTĐG và </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CT, BCTĐG mà các hành đ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ộ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ng này gây phương hại đến uy tín, danh dự của Bên B, thì Bên A phải thực hiện bồi thường cho Bên B những tổn hại này theo quy định của pháp luật</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hiện hành</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nếu có)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CT, BCTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ên B phát hành không có giá trị thay thế cho bất kỳ loại giấy chứng nhận quyền sở hữu tài sản nào.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chịu trách nhiệm về việc thanh toán phí dịch vụ thẩm định giá cho Bên B theo quy định tại Điều 4 của </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này (kể cả trường hợp không sử dụng kết quả thẩm định). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Được Bên B cung cấp 02 bộ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CT, BCTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cho các </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TSTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giá được nêu tại Mục 1.1, Điều </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này bằng tiếng Việt. Các phụ phí in sao y bản chính </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CT, BCTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc bản dịch ra các thứ tiếng ngoài tiếng Việt sẽ được hai bên thống nhất tại </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PLHĐDVTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> khác (nếu có).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="709" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2.     </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quyền và t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rách nhiệm của Bên B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Thực hiện việc thẩm định giá theo đề nghị Bên A đảm bảo tính khách quan, độc lập, chuyên nghiệp, thận trọng theo đúng các quy trình chuyên môn và quy định của pháp luật.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sau ngày thẩm định giá mọi thay đổi xảy ra trái với giả định, giả thiết đặc biệt hoặc thay đổi về thị trường, hệ thống pháp lý, chính trị hoặc có các tác động tới nhân viên của Bên B bởi các bên liên quan có chủ ý không trung thực (cố ý</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hướng dẫn khảo sát không đúng vị trí tài sản, hiện trạng kỹ thuật, cung cấp hồ sơ pháp lý thiếu trung thực…)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc do các điều kiện bất khả kháng như thiên tai, địch họa, dịch họa…(nếu có) gây ảnh hưởng hoặc ảnh hưởng nghiêm trọng đến giá trị của </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">TSTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giá được ước tính</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thì</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> không thuộc phạm vi trách nhiệm của Bên B.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bảo đảm bí mật các thông tin tài liệu, hồ sơ liên quan đến dự án thẩm định do Bên A cung cấp.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Cấp cho Bên A 02 bản chính Chứng thư thẩm định giá.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chịu trách nhiệm pháp lý về giá trị của số lượng tài sản được thẩm định và số lượng văn bản ban hành về kết quả thẩm định.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Được nhận đầy đủ các khoản phí theo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">và các </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PL</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (nếu có).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các trường hợp Bên B được</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> quyền</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đơn phương thu hồi CT, BCTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, hủy CT, BCTĐG</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="819"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên A không hoàn thành nghĩa vụ thanh toán hoặc chỉ hoàn thành tạm ứng hoặc thanh toán một phần theo quy định tại </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG và các PLHĐDVTĐG (nếu có). Trong trường hợp này, hợp đồng sẽ tự động hủy vô điều kiện và </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CT, BCTĐG và các văn bản </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">định giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kèm theo sẽ tự động hủy vô kiều kiện và không có giá trị pháp lý mà không cần sự chấp thuận của Bên A bằng văn bản hoặc bất kỳ hình thức nào khác.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="819"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Phát hiện Bên A sử dụng </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CT, BCTĐG sai mục đích tại bất kỳ thời điểm nào sau khi được Bên B </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ký, đóng dấu ban</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hành.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="819"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên B phát hiện các hành vi cố ý của các bên liên quan ảnh hưởng đến tính độc lập, chính trực, khách quan</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Thanh toán ph</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">í thẩm định giá ngoài HĐDVTĐG và các PLHĐDVTĐG (nếu có) cho các bên liên quan mà không được sự chấp nhận của Bên A bằng văn bản; cố ý cung cấp sai lệnh thông tin khảo sát thực trạng tài sản thẩm định giá; cung cấp hồ sơ pháp lý, kỹ thuật không trung thực) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cố ý chi phối làm sai lệch nghiêm trọng kết quả thẩm định giá.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="819"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="33"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:left="1080"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Các trường hợp khác theo quy định của luật giá và các văn bản pháp luật khác có liên quan.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="819"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bên B có quyền không hoàn lại bất kỳ khoản phí nào cho Bên A và các bên liên quan nếu CT, BCTĐG thuộc các trường hợp Bên B được đơn phương thu hồi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, thông báo hủy</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ĐIỀU 6: ĐIỀU KHOẢN THI HÀNH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hai bên cam kết tạo điều kiện thuận lợi cho nhau để thực hiện có hiệu quả các điều khoản đã ghi trong </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này. Mọi thay đổi, bổ sung nội dung của </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này phải được hai bên cùng thống nhất bằng văn bản.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trong quá trình thực hiện </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nếu có vướng mắc hoặc có tranh chấp hai bên cùng nhau bàn </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bạc thương lượng để giải quyết trên tinh thần hợp tác. Nếu không thể thương lượng, hòa giải được, hai bên thống nhất đưa vụ việc ra giải quyết tại Tòa án nhân dân cấp có thẩm quyền. Quyết định của Toà án là quyết định cuối cùng buộc hai bên phải thực hiện.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này có hiệu lực kể từ ngày ký và được lập </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">có 07 (bảy) trang và in làm</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">04</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">bốn</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) bản, bên A giữ 0</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">hai</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) bản bên B giữ 2 (hai) bản có giá trị pháp lý như nhau</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="720" w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">này sẽ tự động thanh lý sau khi bên B thanh toán phí thẩm định cho bên A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hoặc thực hiện ký Biên bản nghiệm thu, thanh lý hợp đồng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bởi hai bên tùy theo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nhu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cầu và điều kiện thực tế</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="927"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="4999" w:type="pct"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:tblBorders/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4985"/>
-        <w:gridCol w:w="4794"/>
+        <w:gridCol w:w="4887"/>
+        <w:gridCol w:w="4894"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FE3F05" w:rsidRPr="00134370" w14:paraId="7CF140AA" w14:textId="77777777" w:rsidTr="0059075E">
+      <w:tr>
+        <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2549" w:type="pct"/>
+            <w:tcBorders/>
+            <w:tcW w:w="2498" w:type="pct"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="21AF4B07" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRPr="00134370" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-              <w:t>ĐẠI DIỆN BÊN A</w:t>
+              <w:t xml:space="preserve">ĐẠI DIỆN BÊN A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CDE1BB7" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="4FDA22F5" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="7E7BE4EC" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="720A1C5B" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="08EEBB2F" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="498FB1BF" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRPr="00134370" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EF73DD">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>ÔNG TRẦN VĂN PHƯƠNG</w:t>
+              <w:t xml:space="preserve">ÔNG TRẦN VĂN PHƯƠNG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="28A2C4A7" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRPr="00134370" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2451" w:type="pct"/>
+            <w:tcBorders/>
+            <w:tcW w:w="2502" w:type="pct"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="075F1376" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00134370">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>ĐẠI DIỆN BÊN B</w:t>
+              <w:t xml:space="preserve">ĐẠI DIỆN BÊN B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="657A52B5" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="20C3D67A" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="1407CF4E" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="0AA893AB" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="0035C0AC" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRPr="00134370" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="292D26C8" w14:textId="5E8BC347" w:rsidR="00FE3F05" w:rsidRDefault="003167ED" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003167ED">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t>Vũ Văn Quân</w:t>
+              <w:t xml:space="preserve">Vũ Văn Quân</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F2C10FE" w14:textId="77777777" w:rsidR="00952BDA" w:rsidRPr="00134370" w:rsidRDefault="00952BDA" w:rsidP="00952BDA">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00747723">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Số thẻ thẩm định viên về giá: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>XII17.1825</w:t>
+              <w:t xml:space="preserve">XII17.1825</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="710B7247" w14:textId="77777777" w:rsidR="00952BDA" w:rsidRPr="00134370" w:rsidRDefault="00952BDA" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-            </w:pPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5441D766" w14:textId="77777777" w:rsidR="00FE3F05" w:rsidRPr="00134370" w:rsidRDefault="00FE3F05" w:rsidP="00EF0570">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BD7195B" w14:textId="77777777" w:rsidR="0093520E" w:rsidRPr="00134370" w:rsidRDefault="0093520E" w:rsidP="00FF278F">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+        <w:ind/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0093520E" w:rsidRPr="00134370" w:rsidSect="0060052D">
-[...2 lines deleted...]
-      <w:pgSz w:w="11909" w:h="16834" w:code="9"/>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk208906103"/>
+      <w:r/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footnotePr/>
+      <w:endnotePr/>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:h="16834" w:orient="portrait" w:w="11909"/>
       <w:pgMar w:top="993" w:right="710" w:bottom="567" w:left="1418" w:header="720" w:footer="398" w:gutter="0"/>
-      <w:cols w:space="720"/>
-      <w:docGrid w:linePitch="360"/>
+      <w:cols w:num="1" w:sep="0" w:space="720" w:equalWidth="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="022B872E" w14:textId="77777777" w:rsidR="00B25A26" w:rsidRDefault="00B25A26">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68134BB3" w14:textId="77777777" w:rsidR="00B25A26" w:rsidRDefault="00B25A26">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05010000000000000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05010000000000000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+  </w:font>
+  <w:font w:name="Liberation Mono">
+    <w:panose1 w:val="02070409020205020404"/>
+  </w:font>
+  <w:font w:name="PMingLiU">
+    <w:panose1 w:val="02020603020101020101"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:panose1 w:val="02020603020101020101"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
-[...16 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name=".VnTime">
-    <w:altName w:val="Arial"/>
-[...4 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:panose1 w:val="020B0603030804020204"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...4 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
-  <w:font w:name="SimSun">
-[...33 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7518D441" w14:textId="77777777" w:rsidR="00ED6C74" w:rsidRDefault="00ED6C74" w:rsidP="00EB0EC4">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-[...2 lines deleted...]
-        <w:rStyle w:val="PageNumber"/>
+      <w:pStyle w:val="806"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
-[...1 lines deleted...]
-      <w:instrText xml:space="preserve">PAGE  </w:instrText>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="PageNumber"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+      <w:t xml:space="preserve">3</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="5493C6C3" w14:textId="77777777" w:rsidR="00ED6C74" w:rsidRDefault="00ED6C74" w:rsidP="00EB0EC4">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="806"/>
+      <w:pBdr/>
+      <w:spacing/>
       <w:ind w:right="360"/>
+      <w:rPr/>
     </w:pPr>
+    <w:r/>
+    <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="720833A0" w14:textId="77777777" w:rsidR="00212196" w:rsidRPr="00192AD3" w:rsidRDefault="00212196" w:rsidP="00192AD3">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
-[...4 lines deleted...]
-        <w:szCs w:val="22"/>
+      <w:pStyle w:val="806"/>
+      <w:framePr w:hAnchor="margin" w:vAnchor="text" w:wrap="around" w:xAlign="right" w:y="1"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+      <w:rPr>
+        <w:rStyle w:val="808"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00192AD3">
-[...3 lines deleted...]
-        <w:szCs w:val="22"/>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="808"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="00192AD3">
-[...5 lines deleted...]
-      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="808"/>
+      </w:rPr>
+      <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="00192AD3">
-[...20 lines deleted...]
-        <w:szCs w:val="22"/>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="808"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="808"/>
+      </w:rPr>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="3FB163F5" w14:textId="77777777" w:rsidR="00ED6C74" w:rsidRDefault="00ED6C74" w:rsidP="00EB0EC4">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="806"/>
+      <w:pBdr/>
+      <w:spacing/>
       <w:ind w:right="360"/>
+      <w:rPr/>
     </w:pPr>
+    <w:r/>
+    <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B173A9F" w14:textId="77777777" w:rsidR="00B25A26" w:rsidRDefault="00B25A26">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A10CA2B" w14:textId="77777777" w:rsidR="00B25A26" w:rsidRDefault="00B25A26">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E8582B"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="755EFAD8">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="3"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="09F70BF7"/>
-    <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="E594F0E4"/>
     <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="420" w:left="420"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2"/>
-[...2 lines deleted...]
-        <w:ind w:left="420" w:hanging="420"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="420" w:left="420"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="720" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="720" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1080" w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1080" w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1440" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1440" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1800" w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0CB64C4F"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="2F309916">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+      </w:rPr>
+      <w:start w:val="0"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...67 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="1BBF12C8"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="94227542">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1-"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="720" w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperRoman"/>
-      <w:lvlText w:val="%1-"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%5."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...49 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="1CC449CC"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="202CA398">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
+      <w:start w:val="0"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="7200"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...67 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="1F0A6A33"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090015">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
-      <w:lvlText w:val="%1."/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%5."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...49 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="21835F45"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090001">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="2E093BE5"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="75C20D46">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="786"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:start w:val="0"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1506"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003">
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2226"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2946"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3666"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4386"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5106"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5826"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6546"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...67 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="30F30764"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...58 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="34124520"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090019">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%2."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%1."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...58 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="34734F3E"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...58 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="360512AC"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090015">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperLetter"/>
-      <w:lvlText w:val="%1."/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%5."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...49 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="3CEB47ED"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="202CA398">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
+      <w:start w:val="0"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...67 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="3D750218"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="202CA398">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
+      <w:start w:val="0"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...67 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="407C1B8C"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="19BCC078">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="–"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:start w:val="0"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="6CDE07CC">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="–"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5400"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6120"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...67 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="440838C9"/>
-    <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="5D5C027A"/>
     <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2."/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2."/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="720" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="720" w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1080" w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1080" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1440" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1440" w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1800" w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="443B4629"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="19BCC078">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1080"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3240"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5400"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6120"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="46951329"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="86D65A74">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="472A4753"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="2F309916">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1174"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+      </w:rPr>
+      <w:start w:val="0"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1894"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2614"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3334"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4054"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4774"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5494"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6214"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6934"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...67 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="4F361A52"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04090015">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="2"/>
-      <w:numFmt w:val="upperLetter"/>
-      <w:lvlText w:val="%1."/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%5."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...49 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20">
     <w:nsid w:val="51A56B38"/>
-    <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="FE300C70"/>
     <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="480" w:left="480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="480" w:left="840"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="720" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="720" w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1080" w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1080" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1440" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1440" w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1800" w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21">
     <w:nsid w:val="598631DA"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...2 lines deleted...]
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...5 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1426"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2146"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2866"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3586"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4306"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5026"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5746"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6466"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="7186"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...67 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22">
     <w:nsid w:val="5F9B775B"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...58 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23">
     <w:nsid w:val="60206963"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="755EFAD8">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="930"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="930"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="3"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="1650"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1650"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="930"/>
+          <w:tab w:val="num" w:leader="none" w:pos="2370"/>
         </w:tabs>
-        <w:ind w:left="930" w:hanging="360"/>
-[...3 lines deleted...]
-      </w:rPr>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2370"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="3090"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3090"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="3810"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3810"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="4530"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4530"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="5250"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5250"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="5970"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5970"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1650"/>
+          <w:tab w:val="num" w:leader="none" w:pos="6690"/>
         </w:tabs>
-        <w:ind w:left="1650" w:hanging="360"/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6690"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...100 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24">
     <w:nsid w:val="613A3E93"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...2 lines deleted...]
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019">
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%5."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...1 lines deleted...]
-      </w:pPr>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
       <w:numFmt w:val="lowerRoman"/>
-      <w:lvlText w:val="%3."/>
-[...5 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...49 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25">
     <w:nsid w:val="61D3152E"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="755EFAD8">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="3"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26">
     <w:nsid w:val="66F75B4A"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000D">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1429"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2149"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2869"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3589"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5029"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5749"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6469"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="7189"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27">
     <w:nsid w:val="670F64F5"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="9152591A">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="927"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="3"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1647"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2367"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3087"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3807"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4527"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5247"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5967"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6687"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28">
     <w:nsid w:val="67630EF8"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0409000F">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...58 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29">
     <w:nsid w:val="68763F92"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="2F309916">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1287"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+      </w:rPr>
+      <w:start w:val="0"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2007"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2727"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3447"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4167"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4887"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5607"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6327"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val=""/>
-      <w:lvlJc w:val="left"/>
-[...7 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="7047"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...67 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30">
     <w:nsid w:val="75917E18"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...2 lines deleted...]
-      <w:start w:val="1"/>
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:pPr>
+        <w:pBdr/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="284"/>
+          <w:tab w:val="num" w:leader="none" w:pos="284"/>
         </w:tabs>
-        <w:ind w:left="284" w:hanging="284"/>
+        <w:spacing/>
+        <w:ind w:hanging="284" w:left="284"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="2F309916">
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="283" w:left="1134"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
+      </w:rPr>
+      <w:start w:val="0"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="1134"/>
+          <w:tab w:val="num" w:leader="none" w:pos="2460"/>
         </w:tabs>
-        <w:ind w:left="1134" w:hanging="283"/>
-[...15 lines deleted...]
-        <w:ind w:left="2460" w:hanging="360"/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2460"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="3000"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3000"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="3720"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3720"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="4440"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%7."/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%4."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="5160"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5160"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
+      <w:lvlText w:val="%8."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
         <w:tabs>
-          <w:tab w:val="num" w:pos="3000"/>
+          <w:tab w:val="num" w:leader="none" w:pos="5880"/>
         </w:tabs>
-        <w:ind w:left="3000" w:hanging="360"/>
-      </w:pPr>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="num" w:leader="none" w:pos="6600"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6600"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerLetter"/>
-[...55 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31">
     <w:nsid w:val="76915DE7"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="19BCC078">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="32">
     <w:nsid w:val="79C71B6E"/>
-    <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="246A520C"/>
     <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="1">
-      <w:start w:val="1"/>
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2."/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1.%2."/>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="720" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="720" w:left="1800"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1080" w:left="2520"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1080" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1440" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1440" w:left="3960"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="1800" w:left="4680"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-[...7 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33">
     <w:nsid w:val="7CDE2D30"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="9152591A">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1429"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="3"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2149"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2869"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3589"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4309"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5029"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5749"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6469"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="7189"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="629871049">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1118794713">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="805049303">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="983122300">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="4945303">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1528370691">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1328971189">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1865561002">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1083725873">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="803430382">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1672180583">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="123738877">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="978147916">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1368674100">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1658072439">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1620378282">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="2027167908">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1385567592">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1767380849">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="621765576">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1110782556">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="272517377">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="469133747">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="985166070">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1055816322">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="33972079">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="956839656">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="203297609">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="2034913734">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="1546872373">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="970862067">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="13463703">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="1958294947">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="1460953611">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="20"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...2 lines deleted...]
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="false"/>
+  <w:documentProtection/>
   <w:defaultTabStop w:val="567"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
+    <w:pos w:val="pageBottom"/>
+    <w:numFmt w:val="decimal"/>
+    <w:numStart w:val="1"/>
+    <w:numRestart w:val="continuous"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:pos w:val="docEnd"/>
+    <w:numFmt w:val="lowerRoman"/>
+    <w:numStart w:val="1"/>
+    <w:numRestart w:val="continuous"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...1605 lines deleted...]
-  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
-    <m:dispDef/>
+    <m:smallFrac m:val="false"/>
+    <m:dispDef m:val="true"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026" strokecolor="000000"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1CCA37D6"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{4C757335-2121-40EA-A0DA-EFA325659637}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...283 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="table" w:styleId="13">
+    <w:name w:val="Table Grid Light"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="14">
+    <w:name w:val="Plain Table 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="15">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="16">
+    <w:name w:val="Plain Table 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="17">
+    <w:name w:val="Plain Table 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="18">
+    <w:name w:val="Plain Table 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="19">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="20">
+    <w:name w:val="Grid Table 1 Light - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="21">
+    <w:name w:val="Grid Table 1 Light - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="22">
+    <w:name w:val="Grid Table 1 Light - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="23">
+    <w:name w:val="Grid Table 1 Light - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="24">
+    <w:name w:val="Grid Table 1 Light - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="25">
+    <w:name w:val="Grid Table 1 Light - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="26">
+    <w:name w:val="Grid Table 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="27">
+    <w:name w:val="Grid Table 2 - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="28">
+    <w:name w:val="Grid Table 2 - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="29">
+    <w:name w:val="Grid Table 2 - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="30">
+    <w:name w:val="Grid Table 2 - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="31">
+    <w:name w:val="Grid Table 2 - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="32">
+    <w:name w:val="Grid Table 2 - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="33">
+    <w:name w:val="Grid Table 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="34">
+    <w:name w:val="Grid Table 3 - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="35">
+    <w:name w:val="Grid Table 3 - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="36">
+    <w:name w:val="Grid Table 3 - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="37">
+    <w:name w:val="Grid Table 3 - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="38">
+    <w:name w:val="Grid Table 3 - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="39">
+    <w:name w:val="Grid Table 3 - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="40">
+    <w:name w:val="Grid Table 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="41">
+    <w:name w:val="Grid Table 4 - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="32" w:fill="dfebf7" w:themeFill="accent1" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="32" w:fill="dfebf7" w:themeFill="accent1" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="69a3d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="42">
+    <w:name w:val="Grid Table 4 - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="43">
+    <w:name w:val="Grid Table 4 - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="44">
+    <w:name w:val="Grid Table 4 - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="45">
+    <w:name w:val="Grid Table 4 - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="46">
+    <w:name w:val="Grid Table 4 - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="47">
+    <w:name w:val="Grid Table 5 Dark"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="48">
+    <w:name w:val="Grid Table 5 Dark- Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="75" w:fill="b4d1ec" w:themeFill="accent1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="75" w:fill="b4d1ec" w:themeFill="accent1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="49">
+    <w:name w:val="Grid Table 5 Dark - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="75" w:fill="f7c3a0" w:themeFill="accent2" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="75" w:fill="f7c3a0" w:themeFill="accent2" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="50">
+    <w:name w:val="Grid Table 5 Dark - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="75" w:fill="d6d6d6" w:themeFill="accent3" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="75" w:fill="d6d6d6" w:themeFill="accent3" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="51">
+    <w:name w:val="Grid Table 5 Dark- Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="75" w:fill="ffe28a" w:themeFill="accent4" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="75" w:fill="ffe28a" w:themeFill="accent4" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="52">
+    <w:name w:val="Grid Table 5 Dark - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="75" w:fill="a9bee4" w:themeFill="accent5" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="75" w:fill="a9bee4" w:themeFill="accent5" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="53">
+    <w:name w:val="Grid Table 5 Dark - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="75" w:fill="bddba8" w:themeFill="accent6" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="75" w:fill="bddba8" w:themeFill="accent6" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="54">
+    <w:name w:val="Grid Table 6 Colorful"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="55">
+    <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="56">
+    <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="57">
+    <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="58">
+    <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="59">
+    <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="60">
+    <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="61">
+    <w:name w:val="Grid Table 7 Colorful"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="62">
+    <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="63">
+    <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="64">
+    <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="65">
+    <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="66">
+    <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="67">
+    <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="68">
+    <w:name w:val="List Table 1 Light"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="69">
+    <w:name w:val="List Table 1 Light - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d6e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d6e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="70">
+    <w:name w:val="List Table 1 Light - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="71">
+    <w:name w:val="List Table 1 Light - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="72">
+    <w:name w:val="List Table 1 Light - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="73">
+    <w:name w:val="List Table 1 Light - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d0dcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d0dcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="74">
+    <w:name w:val="List Table 1 Light - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbecd0" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbecd0" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="75">
+    <w:name w:val="List Table 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="76">
+    <w:name w:val="List Table 2 - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d6e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d6e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="77">
+    <w:name w:val="List Table 2 - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="78">
+    <w:name w:val="List Table 2 - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="79">
+    <w:name w:val="List Table 2 - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="80">
+    <w:name w:val="List Table 2 - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d0dcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d0dcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="81">
+    <w:name w:val="List Table 2 - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbecd0" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbecd0" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="82">
+    <w:name w:val="List Table 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="83">
+    <w:name w:val="List Table 3 - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="84">
+    <w:name w:val="List Table 3 - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="85">
+    <w:name w:val="List Table 3 - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="86">
+    <w:name w:val="List Table 3 - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="87">
+    <w:name w:val="List Table 3 - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eaadb" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="88">
+    <w:name w:val="List Table 3 - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="a9d18f" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="89">
+    <w:name w:val="List Table 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="90">
+    <w:name w:val="List Table 4 - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d6e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d6e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="91">
+    <w:name w:val="List Table 4 - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="92">
+    <w:name w:val="List Table 4 - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="93">
+    <w:name w:val="List Table 4 - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="94">
+    <w:name w:val="List Table 4 - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d0dcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d0dcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="95">
+    <w:name w:val="List Table 4 - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbecd0" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbecd0" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="96">
+    <w:name w:val="List Table 5 Dark"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="97">
+    <w:name w:val="List Table 5 Dark - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="98">
+    <w:name w:val="List Table 5 Dark - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="99">
+    <w:name w:val="List Table 5 Dark - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="100">
+    <w:name w:val="List Table 5 Dark - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="101">
+    <w:name w:val="List Table 5 Dark - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eaadb" w:themeFill="accent5" w:themeFillTint="9A"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eaadb" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eaadb" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eaadb" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eaadb" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="102">
+    <w:name w:val="List Table 5 Dark - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="a9d18f" w:themeFill="accent6" w:themeFillTint="98"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="a9d18f" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="a9d18f" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="a9d18f" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="a9d18f" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="103">
+    <w:name w:val="List Table 6 Colorful"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="104">
+    <w:name w:val="List Table 6 Colorful - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d6e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d6e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="105">
+    <w:name w:val="List Table 6 Colorful - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="106">
+    <w:name w:val="List Table 6 Colorful - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="107">
+    <w:name w:val="List Table 6 Colorful - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="108">
+    <w:name w:val="List Table 6 Colorful - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d0dcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d0dcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="109">
+    <w:name w:val="List Table 6 Colorful - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbecd0" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbecd0" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="110">
+    <w:name w:val="List Table 7 Colorful"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="111">
+    <w:name w:val="List Table 7 Colorful - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d6e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d6e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="112">
+    <w:name w:val="List Table 7 Colorful - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="113">
+    <w:name w:val="List Table 7 Colorful - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="114">
+    <w:name w:val="List Table 7 Colorful - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="115">
+    <w:name w:val="List Table 7 Colorful - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d0dcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d0dcf0" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="116">
+    <w:name w:val="List Table 7 Colorful - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbecd0" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbecd0" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="117">
+    <w:name w:val="Lined - Accent"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="118">
+    <w:name w:val="Lined - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="cce0f2" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="cce0f2" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="69a3d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="69a3d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="69a3d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="69a3d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="119">
+    <w:name w:val="Lined - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="120">
+    <w:name w:val="Lined - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="121">
+    <w:name w:val="Lined - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="122">
+    <w:name w:val="Lined - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="123">
+    <w:name w:val="Lined - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="124">
+    <w:name w:val="Bordered &amp; Lined - Accent"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="125">
+    <w:name w:val="Bordered &amp; Lined - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="cce0f2" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="cce0f2" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="69a3d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="69a3d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="69a3d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="69a3d8" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="126">
+    <w:name w:val="Bordered &amp; Lined - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="127">
+    <w:name w:val="Bordered &amp; Lined - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="128">
+    <w:name w:val="Bordered &amp; Lined - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="129">
+    <w:name w:val="Bordered &amp; Lined - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="130">
+    <w:name w:val="Bordered &amp; Lined - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="131">
+    <w:name w:val="Bordered"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="132">
+    <w:name w:val="Bordered - Accent 1"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="133">
+    <w:name w:val="Bordered - Accent 2"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="134">
+    <w:name w:val="Bordered - Accent 3"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="135">
+    <w:name w:val="Bordered - Accent 4"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="136">
+    <w:name w:val="Bordered - Accent 5"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="137">
+    <w:name w:val="Bordered - Accent 6"/>
+    <w:basedOn w:val="804"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="139">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="150"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="80" w:before="360"/>
+      <w:ind/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="140">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="151"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="80" w:before="160"/>
+      <w:ind/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="141">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="152"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="80" w:before="160"/>
+      <w:ind/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="142">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="153"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="40" w:before="80"/>
+      <w:ind/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="143">
+    <w:name w:val="Heading 5"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="154"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="40" w:before="80"/>
+      <w:ind/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="144">
+    <w:name w:val="Heading 6"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="155"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:before="40"/>
+      <w:ind/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="145">
+    <w:name w:val="Heading 7"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="156"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:before="40"/>
+      <w:ind/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="146">
+    <w:name w:val="Heading 8"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="157"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0"/>
+      <w:ind/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="147">
+    <w:name w:val="Heading 9"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="158"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0"/>
+      <w:ind/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="150">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="139"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="151">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="140"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="152">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="141"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="153">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="142"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="154">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="143"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="155">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="144"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="156">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="145"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="157">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="146"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="158">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="147"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="159">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="160"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+      <w:contextualSpacing w:val="true"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="160">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="159"/>
+    <w:uiPriority w:val="10"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="161">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="162"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="162">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="161"/>
+    <w:uiPriority w:val="11"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="163">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="164"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:before="160"/>
+      <w:ind/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="164">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="163"/>
+    <w:uiPriority w:val="29"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="166">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="803"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="167">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:link w:val="168"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+      </w:pBdr>
+      <w:spacing w:after="360" w:before="360"/>
+      <w:ind w:right="864" w:left="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="168">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="167"/>
+    <w:uiPriority w:val="30"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="169">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="803"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="170">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="802"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="171">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="803"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="172">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="803"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="173">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="803"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="174">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="803"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="5a5a5a" w:themeColor="text1" w:themeTint="A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="175">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="803"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="180">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0e2841" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="181">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="802"/>
+    <w:link w:val="182"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="182">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="181"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="183">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="803"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="184">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="802"/>
+    <w:link w:val="185"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="185">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="803"/>
+    <w:link w:val="184"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="186">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="803"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="189">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="190">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="191">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="192">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="193">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="194">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="195">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="196">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="197">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="198">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="803"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="208">
+    <w:name w:val="TOC Heading"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="209">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="802"/>
+    <w:next w:val="802"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:afterAutospacing="0"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="802" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00952BDA"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="803" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="804" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="805" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-[...2 lines deleted...]
-    <w:link w:val="FooterChar"/>
+  <w:style w:type="paragraph" w:styleId="806">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="802"/>
+    <w:link w:val="807"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EB0EC4"/>
     <w:pPr>
+      <w:pBdr/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:leader="none" w:pos="4320"/>
+        <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="807" w:customStyle="1">
     <w:name w:val="Footer Char"/>
-    <w:link w:val="Footer"/>
+    <w:link w:val="806"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00EB0EC4"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="PageNumber">
+  <w:style w:type="character" w:styleId="808">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00EB0EC4"/>
+    <w:basedOn w:val="803"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Char">
+  <w:style w:type="paragraph" w:styleId="809" w:customStyle="1">
     <w:name w:val="Char"/>
-    <w:basedOn w:val="DocumentMap"/>
-    <w:rsid w:val="00C06EE6"/>
+    <w:basedOn w:val="810"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
+      <w:widowControl w:val="false"/>
+      <w:pBdr/>
       <w:tabs>
-        <w:tab w:val="left" w:pos="1114"/>
+        <w:tab w:val="left" w:leader="none" w:pos="1114"/>
       </w:tabs>
-      <w:suppressAutoHyphens/>
-      <w:adjustRightInd w:val="0"/>
       <w:spacing w:before="120" w:line="436" w:lineRule="exact"/>
-      <w:ind w:left="357" w:rightChars="-56" w:right="-56" w:firstLine="1"/>
+      <w:ind w:right="-56" w:firstLine="1" w:left="357"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
       <w:b/>
-      <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocumentMap">
+  <w:style w:type="paragraph" w:styleId="810">
     <w:name w:val="Document Map"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="802"/>
     <w:semiHidden/>
-    <w:rsid w:val="00C06EE6"/>
     <w:pPr>
+      <w:pBdr/>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...2 lines deleted...]
-    <w:link w:val="HeaderChar"/>
+  <w:style w:type="paragraph" w:styleId="811">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="802"/>
+    <w:link w:val="821"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00B461FD"/>
     <w:pPr>
+      <w:pBdr/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:leader="none" w:pos="4320"/>
+        <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="812">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
-      <w:lang w:val="x-none" w:eastAsia="x-none"/>
-[...7 lines deleted...]
-      <w:color w:val="0000FF"/>
+      <w:color w:val="0000ff"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CharCharCharCharCharChar">
+  <w:style w:type="paragraph" w:styleId="813" w:customStyle="1">
     <w:name w:val="Char Char Char Char Char Char"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="009728E9"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:eastAsia="PMingLiU" w:hAnsi="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="PMingLiU"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="814">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
-    <w:rsid w:val="00507DA7"/>
+    <w:basedOn w:val="804"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
+  <w:style w:type="paragraph" w:styleId="815">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00694922"/>
+    <w:basedOn w:val="802"/>
+    <w:link w:val="816"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
-      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+  <w:style w:type="character" w:styleId="816" w:customStyle="1">
     <w:name w:val="Body Text 2 Char"/>
-    <w:link w:val="BodyText2"/>
-    <w:rsid w:val="00694922"/>
+    <w:link w:val="815"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="817">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00532A04"/>
+    <w:basedOn w:val="802"/>
+    <w:link w:val="818"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
-      <w:lang w:val="x-none" w:eastAsia="x-none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="818" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
-    <w:link w:val="BalloonText"/>
-    <w:rsid w:val="00532A04"/>
+    <w:link w:val="817"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="819">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="802"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0091139B"/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
       <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:contextualSpacing w:val="true"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="820">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009567D6"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:color w:val="954F72"/>
+      <w:color w:val="954f72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="821" w:customStyle="1">
     <w:name w:val="Header Char"/>
-    <w:link w:val="Header"/>
+    <w:link w:val="811"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00212196"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl105">
+  <w:style w:type="paragraph" w:styleId="822" w:customStyle="1">
     <w:name w:val="xl105"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:pBdr/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl106">
+  <w:style w:type="paragraph" w:styleId="823" w:customStyle="1">
     <w:name w:val="xl106"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="top"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl107">
+  <w:style w:type="paragraph" w:styleId="824" w:customStyle="1">
     <w:name w:val="xl107"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl108">
+  <w:style w:type="paragraph" w:styleId="825" w:customStyle="1">
     <w:name w:val="xl108"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="top"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl109">
+  <w:style w:type="paragraph" w:styleId="826" w:customStyle="1">
     <w:name w:val="xl109"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl110">
+  <w:style w:type="paragraph" w:styleId="827" w:customStyle="1">
     <w:name w:val="xl110"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:pBdr/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl111">
+  <w:style w:type="paragraph" w:styleId="828" w:customStyle="1">
     <w:name w:val="xl111"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl112">
+  <w:style w:type="paragraph" w:styleId="829" w:customStyle="1">
     <w:name w:val="xl112"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="top"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl113">
+  <w:style w:type="paragraph" w:styleId="830" w:customStyle="1">
     <w:name w:val="xl113"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl114">
+  <w:style w:type="paragraph" w:styleId="831" w:customStyle="1">
     <w:name w:val="xl114"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl115">
+  <w:style w:type="paragraph" w:styleId="832" w:customStyle="1">
     <w:name w:val="xl115"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl116">
+  <w:style w:type="paragraph" w:styleId="833" w:customStyle="1">
     <w:name w:val="xl116"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="top"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl117">
+  <w:style w:type="paragraph" w:styleId="834" w:customStyle="1">
     <w:name w:val="xl117"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl118">
+  <w:style w:type="paragraph" w:styleId="835" w:customStyle="1">
     <w:name w:val="xl118"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl119">
+  <w:style w:type="paragraph" w:styleId="836" w:customStyle="1">
     <w:name w:val="xl119"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl120">
+  <w:style w:type="paragraph" w:styleId="837" w:customStyle="1">
     <w:name w:val="xl120"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="top"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl121">
+  <w:style w:type="paragraph" w:styleId="838" w:customStyle="1">
     <w:name w:val="xl121"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl122">
+  <w:style w:type="paragraph" w:styleId="839" w:customStyle="1">
     <w:name w:val="xl122"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="top"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl123">
+  <w:style w:type="paragraph" w:styleId="840" w:customStyle="1">
     <w:name w:val="xl123"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl124">
+  <w:style w:type="paragraph" w:styleId="841" w:customStyle="1">
     <w:name w:val="xl124"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-[...1 lines deleted...]
-      <w:textAlignment w:val="top"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl125">
+  <w:style w:type="paragraph" w:styleId="842" w:customStyle="1">
     <w:name w:val="xl125"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:pBdr/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl126">
+  <w:style w:type="paragraph" w:styleId="843" w:customStyle="1">
     <w:name w:val="xl126"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-      <w:textAlignment w:val="top"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl127">
+  <w:style w:type="paragraph" w:styleId="844" w:customStyle="1">
     <w:name w:val="xl127"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="top"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl128">
+  <w:style w:type="paragraph" w:styleId="845" w:customStyle="1">
     <w:name w:val="xl128"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-      <w:textAlignment w:val="top"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl129">
+  <w:style w:type="paragraph" w:styleId="846" w:customStyle="1">
     <w:name w:val="xl129"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
-      <w:textAlignment w:val="top"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl130">
+  <w:style w:type="paragraph" w:styleId="847" w:customStyle="1">
     <w:name w:val="xl130"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:pBdr/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl131">
+  <w:style w:type="paragraph" w:styleId="848" w:customStyle="1">
     <w:name w:val="xl131"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="top"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl132">
+  <w:style w:type="paragraph" w:styleId="849" w:customStyle="1">
     <w:name w:val="xl132"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...1 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="FFFFFF"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="top"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl133">
+  <w:style w:type="paragraph" w:styleId="850" w:customStyle="1">
     <w:name w:val="xl133"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl134">
+  <w:style w:type="paragraph" w:styleId="851" w:customStyle="1">
     <w:name w:val="xl134"/>
-    <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="005C6207"/>
+    <w:basedOn w:val="802"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="000000" w:fill="DDD9C4"/>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+      <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
       <w:jc w:val="center"/>
-      <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="852">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0050606F"/>
+    <w:basedOn w:val="802"/>
+    <w:link w:val="853"/>
     <w:pPr>
+      <w:pBdr/>
       <w:spacing w:after="120"/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="853" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
-    <w:link w:val="BodyText"/>
-    <w:rsid w:val="0050606F"/>
+    <w:link w:val="852"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normal-h1">
+  <w:style w:type="character" w:styleId="854" w:customStyle="1">
     <w:name w:val="normal-h1"/>
-    <w:rsid w:val="0072507B"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime" w:hint="default"/>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:hint="default" w:ascii=".VnTime" w:hAnsi=".VnTime"/>
+      <w:color w:val="0000ff"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="PreformattedText">
+  <w:style w:type="paragraph" w:styleId="855" w:customStyle="1">
     <w:name w:val="Preformatted Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="802"/>
     <w:qFormat/>
-    <w:rsid w:val="00410E77"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-      <w:suppressAutoHyphens/>
+      <w:widowControl w:val="false"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Liberation Mono" w:eastAsia="Liberation Mono" w:hAnsi="Liberation Mono" w:cs="Liberation Mono"/>
+      <w:rFonts w:ascii="Liberation Mono" w:hAnsi="Liberation Mono" w:eastAsia="Liberation Mono" w:cs="Liberation Mono"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...345 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /></Relationships>
+</file>
+
+<file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Calibri Light"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Calibri"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
@@ -15530,114 +44149,90 @@
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr">
             <a:tint val="95000"/>
             <a:satMod val="170000"/>
           </a:schemeClr>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="93000"/>
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
-[...4 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime></TotalTime>
-[...3 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>onlyoffice/9.1.0.1</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>100</Lines>
-[...1 lines deleted...]
-  <ScaleCrop>false</ScaleCrop>
+  <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
-[...6 lines deleted...]
-    </vt:vector>
+    <vt:vector size="0" baseType="variant"/>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-[...1 lines deleted...]
-    </vt:vector>
+    <vt:vector size="0" baseType="lpstr"/>
   </TitlesOfParts>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-[...3 lines deleted...]
-  <AppVersion></AppVersion>
+  <LinksUpToDate>0</LinksUpToDate>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CỘNG HOÀ XÃ HỘI CHỦ NGHĨA VIỆT NAM</dc:title>
   <dc:subject/>
   <dc:creator>HTC</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>