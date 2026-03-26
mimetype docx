--- v0 (2026-01-24)
+++ v1 (2026-03-26)
@@ -1,328 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?> <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"> <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/> <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/> <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblBorders/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4200"/>
         <w:gridCol w:w="5700"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="898"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcW w:w="9900" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1292C96E" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="815"/>
+              <w:pStyle w:val="996"/>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">CỘNG HOÀ XÃ HỘI CHỦ NGHĨA VIỆT NAM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="2446406D" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Độc lập - Tự do – Hạnh phúc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="362269AB" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">-----***-----</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="4200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6C85E23A" w14:textId="31D826DC">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-94" w:left="-80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Số: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HSTD-20260112-0028/HĐTĐ-VFI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">275/2026/0229/VFI-HĐTĐ.52.A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="5700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6744C92C" w14:textId="0846D262">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:firstLine="3" w:left="357"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  Hà Nội, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ngày 15 tháng 1 năm 2026</w:t>
+              <w:t xml:space="preserve">ngày 29 tháng 1 năm 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C741FC5" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="10"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">HỢP ĐỒNG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -342,52 +391,61 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> THẨM ĐỊNH </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">GIÁ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="02BC2EB9" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(V/v: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -402,1885 +460,2211 @@
         <w:t xml:space="preserve">giá </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">tài sản</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7DB76870" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Luật Dân sự số 91/2015/QH13 ngày 24/11/2015 và các văn bản hướng dẫn thi hành;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="013285D9" w14:textId="36B94C78">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Luật Doanh nghiệp số 59/2020/QH14 ngày 17/6/2020; Luật số 76/2025 sửa đổi bổ sung một số điều của Luật Doanh Nghiệp và các văn bản hướng dẫn thi hành;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0A45960D" w14:textId="423747D6">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Luật giá số 16/2023/QH15 ngày 19/06/2023 và các văn bản hướng dẫn thi hành; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="16E2C997" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Nghị định 78/2024/NĐ-CP ngày 01/07/2024 của chính phủ Quy định chi tiết một số điều của Luật giá về thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4C94F032" w14:textId="67B0D2DE">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ nhu cầu và khả năng của hai bên.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="390E5DB2" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="168" w:type="dxa"/>
         <w:tblW w:w="9726" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="113" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblBorders/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="7951"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="154307E1" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r/>
             <w:bookmarkStart w:id="0" w:name="_Hlk117252695"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">BÊN A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4791F637" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="459F6DA7" w14:textId="3CA5AB44">
+          <w:p>
             <w:pPr>
               <w:keepNext w:val="true"/>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve">Nguyễn Mạnh Quỳnh</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="47B702AD" w14:textId="3DC26743">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">CCCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="52EE7299" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="20AF49ED" w14:textId="531E65B2">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thị trấn Cát Thành, Cát Ninh, Nam Định</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6458EB" w14:textId="3E314D93">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Đia chỉ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB40503" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="47313588" w14:textId="5B7D3557">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="637C8633" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3B354000" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="04E50D68" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4A89E7D5" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">BÊN B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="278FB324" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED840F9" w14:textId="6D3A83BE">
+          <w:p>
             <w:pPr>
               <w:keepNext w:val="true"/>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">CÔNG TY CỔ PHẦN THẨM ĐỊNH VÀ ĐẦU TƯ TÀI CHÍNH HOA SEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6FA49A" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Địa chỉ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="220A83CF" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="086F6A34" w14:textId="3CA3A09B">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">BT5 - 23, Khu đô thị mới Văn Phú, Phường Kiến Hưng, Thành phố Hà Nội</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="737E41FF" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Điện thoại</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB6D9C2" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACCC6B5" w14:textId="0D1652A5">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3382"/>
               </w:tabs>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">024 2264 4333</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8DEAC0" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mã số thuế</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="42739886" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="67AF1F2C" w14:textId="1298AF55">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">0102708994</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2D107304" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mã số GCN đủ điều kiện hành nghề</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6B193053" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="405FD21E" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">275/TĐG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7C642BF7" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tài khoản số</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="29F798BF" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1AAB8E29" w14:textId="72F98D37">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve">1505112366666 tại Agribank Chi nhánh Hà Nội II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4C06F095" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Đại diện</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="414862D7" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="11049C5D" w14:textId="3AC859BB">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vũ Văn Quân</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1BCFD7F5" w14:textId="0458528A">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chức vụ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="0F9C8DCD" w14:textId="5C60313A">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="03F8A301" w14:textId="714D664B">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chủ Tịch HĐQT kiêm Tổng Giám Đốc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="167F71B6" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r/>
             <w:bookmarkStart w:id="1" w:name="_Hlk216105751"/>
-            <w:r/>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3239FF2D" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="75FF33B1" w14:textId="0C45E64C">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5026A2F4" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="false"/>
+        <w:pBdr/>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sau khi bàn bạc hai bên cùng thống nhất ký kết </w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Hợp đồng dịch vụ</w:t>
+        <w:t xml:space="preserve">Sau khi bàn bạc hai bên cùng thống nhất ký kết </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Hợp đồng dịch vụ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">thẩm định giá với các điều khoản và điều kiện cụ thể sau:</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:t xml:space="preserve">thẩm định giá với các điều khoản và điều kiện cụ thể sau:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25226452" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="26B804EF" w14:textId="69C72312">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CÁC TỪ VIẾT TẮT  VÀ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2308,88 +2692,106 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> NÀY</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6467621A" w14:textId="2467243A">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2406,220 +2808,262 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hợp đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> này</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A2AC46D" w14:textId="5693C2E8">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hợp đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dịch vụ thẩm định giá: “HĐDVTĐG”;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="64A0C33E" w14:textId="2D0C1E91">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Phụ lục </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hợp đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dịch vụ thẩm định giá: “PLHĐDVTĐG”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="05575C2D" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tài sản thẩm định giá: “TSTĐG”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6C414339" w14:textId="2E99F788">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Biên </w:t>
       </w:r>
       <w:r>
@@ -2644,206 +3088,249 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: “BBKSTS”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0DC58BB5" w14:textId="08DAF22A">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Chứng thư thẩm định giá, Báo cáo kết quả thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: “CT, BCTĐG”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="48F0F82A" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3EB6C7AE" w14:textId="062BA812">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Định nghĩa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="74BA0ABF" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6F743479" w14:textId="3BE88650">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
@@ -2896,85 +3383,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ổ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sung các thoả thuận khác được các bên thống nhất thực hiện và lập thành văn bản ký kết giữa các bên (nếu có).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="580E0A0E" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2DA49DEB" w14:textId="50DD143D">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A</w:t>
       </w:r>
@@ -2993,85 +3496,101 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">là bên cung cấp dịch vụ thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1F4B0A41" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="68979582" w14:textId="3279F012">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Phí dịch vụ thẩm định giá</w:t>
       </w:r>
@@ -3079,85 +3598,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: Có nghĩa là mức phí cho dịch vụ thẩm định giá (định giá) Bên B sẽ thu của Bên A, theo Biểu phí thẩm định giá Bên B dành cho Bên A hoặc theo thỏa thuận giữa Bên A và Bên B được ghi tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1A4F9A09" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7AD4FDC5" w14:textId="523D8166">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Phụ lục hoặc phụ lục </w:t>
       </w:r>
@@ -3220,85 +3755,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">này.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="581858BD" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="39113356" w14:textId="012EC38E">
-[...1 lines deleted...]
-        <w:pStyle w:val="855"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Thông tin mật</w:t>
       </w:r>
@@ -3324,256 +3875,300 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">này.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4EA26052" w14:textId="77777777">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336F6B0B" w14:textId="1B107E86">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU 1: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">NỘI DUNG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="66425195" w14:textId="5C78317D">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Tài sản thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0E2EB455" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Số vào sổ cấp GCN AA 04812594, Số th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">ửa 546, Tờ bản đồ 76, Địa chỉ trên sổ Thôn Phú Hải 2, Xã Tằng Loòng, Tỉnh Lào Cai | Tài sản tại: thôn phú hải 2, xã tằng loong Huyện Bảo Thắng, Tỉnh Lào Cai, đường đường 151, độ rộng đường trước mặt tài sản 11.82m, mặt tiền 5m, 22.2607399, 104.1790584</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4F3BF146" w14:textId="16D8DC9B">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Nội dung và phạm vi công việc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="49A3DE93" w14:textId="0EA164DB">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A đề nghị và Bên B đồng ý cung cấp dịch vụ thẩm định giá đối với các </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">TSTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> như đã liệt kê tại mục 1 của Điều này theo đúng quy định của pháp luật hiện hành.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2E9E8692" w14:textId="516EEA6F">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Việc định giá của Bên B phải được tiến hành độc lập, khách quan, trung thực và tuân thủ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
@@ -3585,174 +4180,198 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> pháp luật</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> dựa trên các tiêu chuẩn kỹ thuật, tính chất, vị trí, quy mô, thực trạng của tài sản, giá thị trường tại thời điểm định giá.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="36EDC98A" w14:textId="23B7820A">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Thời điểm thẩm định giá: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tháng 1 năm 2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5B597DFC" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">: MỤC ĐÍCH THẨM ĐỊNH GIÁ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="134317FF" w14:textId="2315EFD2">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Kết quả thẩm định giá để khách hàng tham khảo giá trị tài sản phục vụ công tác  vay vốn tại tổ chức tín dụng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0FFC5740" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3781,52 +4400,61 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">PHÍ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">DỊCH VỤ THẨM ĐỊNH GIÁ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5EABDBE9" w14:textId="4C8CBBF6">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
@@ -3834,52 +4462,59 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Thời gian thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="02205330" w14:textId="512A04F7">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B tiến hành công việc thẩm định và trả lời kết </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
@@ -3953,52 +4588,61 @@
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">TSTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D240E3D" w14:textId="3E4E3612">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
@@ -4021,522 +4665,606 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Phí</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> dịch vụ thẩm định</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:jc w:val="center"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2822"/>
         <w:gridCol w:w="296"/>
         <w:gridCol w:w="2113"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="21787220" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="24BF03C7" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4F00AE14" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">VND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
           <w:trHeight w:val="437"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2291A14B" w14:textId="37CD9864">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phí thẩm định</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> (*)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="47E59249" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4D29E4C4" w14:textId="118D461E">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">1.600.000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6054CB29" w14:textId="6E341EF4">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">VAT </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">8%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3002DDCE" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7903EF9D" w14:textId="7893E48A">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">128.000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1FFFE722" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tổng cộng:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3752CAFC" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7E41F1E5" w14:textId="452269C2">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">1.728.000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3AD8F37E" w14:textId="5C11852B">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(Bằng chữ</w:t>
@@ -4555,134 +5283,158 @@
         </w:rPr>
         <w:t xml:space="preserve">Một triệu bảy trăm hai mươi tám nghìn đồng chẵn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">./.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="30020B15" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="61959818" w14:textId="55CD0995">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">Phí dịch vụ trên </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">chưa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> bao gồm chi phí khảo sát và các phụ phí khác (nếu có)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="596FE418" w14:textId="097ED3F2">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -4701,142 +5453,166 @@
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">PHƯƠNG THỨC THANH TOÁN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="348E40CA" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Phương thức thanh toán: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Tiền mặt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hoặc chuyển khoản</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="0EE21594" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="706" w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A có trách nhiệm thanh toán 100% phí thẩm định cho Bên </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">B sau khi Bên B phát hành Chứng thư thẩm định và hóa đơn tài chính hợp lệ, trong mọi trường hợp phí dịch vụ phải được thanh toán chậm nhất là không quá 05 (năm) ngày làm việc sau khi Bên B cung cấp Chứng thư thẩm định và hóa đơn tài chính hợp lệ cho Bên A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="33B4053C" w14:textId="703240B2">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="706" w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Các khoản tạm ứng thực hiện </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4852,52 +5628,60 @@
         </w:rPr>
         <w:t xml:space="preserve">(nếu có) sẽ được Bên B gửi tới Bên A theo mẫu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> đề nghị tạm ứng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> của Bên B;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="41782CB1" w14:textId="06CDD3D5">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="706" w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Mọi khoản phí </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4913,358 +5697,416 @@
         </w:rPr>
         <w:t xml:space="preserve">ược quy định tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> và các khoản tạm ứng phí (nếu có) được thanh toán vào tài khoản ngân hàng của Bên A theo thông tin sau:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D76F3E3" w14:textId="0833638D">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Tê</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">n tài khoản: Công ty CP thẩm định và Đầu tư Tài chính Hoa Sen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3770B9AF" w14:textId="674898EF">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Số tài khoản: 1505112366666</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="505F3CEF" w14:textId="5AB902DE">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Ngân hàng: Agribank chi nhánh Hà Nội </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">II</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="20704130" w14:textId="2B00A5BB">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Mã Citad: 01204035</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">ĐIỀU 5: TRÁCH NHIỆM CỦA CÁC BÊN</w:t>
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
+        <w:t xml:space="preserve">ĐIỀU 5: TRÁCH NHIỆM CỦA CÁC BÊN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E964AD" w14:textId="371A6D2C">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Quyền và </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Trách nhiệm của Bên A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="22C841CD" w14:textId="3E30D571">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cung cấp cho bên B đầy đủ hồ sơ kinh tế, kỹ thuật và pháp lý của tài sản. Chịu hoàn toàn trách nhiệm về tính pháp lý của hồ sơ và tính chính xác</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, trung thực</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> của các thông tin đã cung cấp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="77912019" w14:textId="4C87DC23">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cử người đại diện liên hệ và giải quyết những khó khăn, vướng mắc phát sinh trong quá trình thẩm định. Tạo điều kiện thuận lợi và cần thiết trong quá trình thu thập thông tin, hồ sơ về dự án thẩm định từ lúc bắt đầu cho đến lúc kết thúc để </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ên B tiến hành việc thẩm định giá có hiệu quả</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, phù hợp quy định pháp luật về thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7EFCB523" w14:textId="1314FECA">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A hoặc người được Bên A cử có trách nhiệm hướng dẫn Bên B thực hiện khảo sát hiện trạng tài sản, đặc tính kỹ thuật</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> của</w:t>
       </w:r>
@@ -5281,52 +6123,57 @@
         <w:t xml:space="preserve">TSTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> tại thời điểm khảo sát tài sản</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> và phải chịu trách nhiệm với các hướng dẫn này.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2D3D6205" w14:textId="5FD86771">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Có trách nhiệm ký các biên </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">BBKSTS</w:t>
       </w:r>
@@ -5397,90 +6244,100 @@
         <w:t xml:space="preserve"> này được coi là đã được thống nhất và xác nhận giữa Bên A và Bên B, mọi thông tin được trình bày trên biên </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">BBKSTS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> của Bên B mặc nhiên được coi là đã trình bày phù hợp với thực trạng tài sản được khảo sát tại thời điểm khảo sát </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">tài sản và Bên A phải hoàn toàn chịu trách nhiệm với các thông tin này với vai trò là người hướng dẫn khảo sát.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="13A732DC" w14:textId="6FFDC116">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A phải hoàn toàn chịu trách nhiệm về tính chính xác vị trí tài sản, pháp lý tài sản. Nếu có bất kỳ ảnh hưởng nào có thể gây ảnh hưởng đến tính pháp lý của tài sản (tranh chấp, tranh chấp mốc giới, tài sản bị lấn chiếm, đã nhận cầ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">m cố, thế chấp hay bất kỳ hình thức nào khác có ảnh hưởng đến việc bảo toàn quyền sở hữu, quyền tự do chuyển nhượng tài sản, bị xâm lấn diện tích hoặc thay đổi hiện trạng kỹ thuật của tài sản… (nếu có), Bên A phải chủ động thông báo lại cho Bên B. Trường h</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ợp nếu Bên A không thực hiện chủ động thông báo lại những thay đổi này cho Bên B thì sau thời điểm đã ban hành CT, BCTĐG mà các ảnh hưởng này (nếu có) có ảnh hưởng đến giá trị TSTĐG tại thời điểm thẩm định giá thì các ảnh hưởng này thuộc trách nhiệm Bên A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="141C305F" w14:textId="10F88A5C">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A cam kết trong suốt quá trình thẩm định giá chỉ thực hiện thanh toán phần phí thẩm định giá đã được nêu tại Đ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">iều</w:t>
       </w:r>
@@ -5515,52 +6372,57 @@
         <w:t xml:space="preserve">này. Mọi khoản chi phí mà Bên A thực hiện thanh toán cho cá nhân của Bên B hoặc cá nhân không phải do bên B chỉ định thu hộ (nếu có) mà có chi phối đến tính độc lập, khách quan của các thành viên có liên quan của Bê</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">n B thực hiện các khâu của quá trình thẩm định giá mà gây ảnh hưởng đến kết quả thẩm định giá, làm sai lệch kết quả thẩm định giá (nếu có) thì mọi trách nhiệm có liên quan (bao gồm cả trách nhiệm pháp lý, trách nhiệm về nghĩa vụ kinh tế, tài chính (nếu có)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> đến kết quả thẩm định giá thuộc về Bên A và các thành viên bị chi phối tính độc lập, khách quan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="77A04B68" w14:textId="64A4F8C5">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Trước khi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> chấp nhận Bên B ban hành </w:t>
       </w:r>
@@ -5667,52 +6529,57 @@
         <w:t xml:space="preserve"> mà bên Bên B đã thực hiện cung cấp và ban hành cho Bên A theo thỏa thuận tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Nếu Bên A không thực hiện đọc, hiểu rõ và yêu cầu Bên B giải trình (nếu có) thì mọi trách nhiệm cuối cùng thuộc về Bên A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="15895BFE" w14:textId="20419407">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Sử dụng </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG</w:t>
       </w:r>
@@ -5741,178 +6608,198 @@
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">và </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">các v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ăn bản thẩm định giá. Nếu bên A sử dụng kết quả thẩm định giá sai mục đích thì phải chịu hoàn toàn trách nhiệm trước pháp luật.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2CBF6F30" w14:textId="54714331">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Trong trường hợp Bên A cố ý sử dụng chứng thư sai mục đích đã được quy định tại HĐDVTĐG và </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG mà các hành đồng này gây phương hại đến uy tín, danh dự của Bên B, thì Bên A phải thực hiện bồi thường cho Bên B những tổn hại này theo quy định của pháp luật</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hiện hành</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nếu có)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="519ACAF5" w14:textId="68BB061B">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ên B phát hành không có giá trị thay thế cho bất kỳ loại giấy chứng nhận quyền sở hữu tài sản nào.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3A68EEDF" w14:textId="25BD496D">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chịu trách nhiệm về việc thanh toán phí dịch vụ thẩm định giá cho Bên B theo quy định tại Điều 4 của </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này (kể cả trường hợp không sử dụng kết quả thẩm định). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6BF2E155" w14:textId="1F5AB3B3">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Được Bên B cung cấp 02 bộ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG</w:t>
       </w:r>
@@ -5965,122 +6852,139 @@
         <w:t xml:space="preserve">CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hoặc bản dịch ra các thứ tiếng ngoài tiếng Việt sẽ được hai bên thống nhất tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">PLHĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> khác (nếu có).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="66A0C0FE" w14:textId="3AE9B3D0">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2.     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Quyền và t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">rách nhiệm của Bên B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4018C443" w14:textId="7CCED568">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thực hiện việc thẩm định giá theo đề nghị Bên A đảm bảo tính khách quan, độc lập, chuyên nghiệp, thận trọng theo đúng các quy trình chuyên môn và quy định của pháp luật.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1FE6A367" w14:textId="693F2BE6">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Sau ngày thẩm định giá mọi thay đổi xảy ra trái với giả định, giả thiết đặc biệt hoặc thay đổi về thị trường, hệ thống pháp lý, chính trị hoặc có các tác động tới nhân viên của Bên B bởi các bên liên quan có chủ ý không trung thực (cố ý</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hướng dẫn khảo sát không đúng vị trí tài sản, hiện trạng kỹ thuật, cung cấp hồ sơ pháp lý thiếu trung thực…)</w:t>
       </w:r>
@@ -6097,130 +7001,150 @@
         <w:t xml:space="preserve">TSTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> giá được ước tính</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> thì</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> không thuộc phạm vi trách nhiệm của Bên B.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="112E1F13" w14:textId="4F53338D">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bảo đảm bí mật các thông tin tài liệu, hồ sơ liên quan đến dự án thẩm định do Bên A cung cấp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="316AE27C" w14:textId="45D9B802">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cấp cho Bên A 02 bản chính Chứng thư thẩm định giá.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6C7F8CEE" w14:textId="3E56FDDC">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chịu trách nhiệm pháp lý về giá trị của số lượng tài sản được thẩm định và số lượng văn bản ban hành về kết quả thẩm định.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="227C5069" w14:textId="18A8273E">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Được nhận đầy đủ các khoản phí theo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG</w:t>
       </w:r>
@@ -6237,104 +7161,114 @@
         <w:t xml:space="preserve">và các </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">PL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nếu có).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="621AF072" w14:textId="4DD7BE70">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Các trường hợp Bên B được</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> quyền</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> đơn phương thu hồi CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, hủy CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="632B4B5C" w14:textId="40A0930D">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A không hoàn thành nghĩa vụ thanh toán hoặc chỉ hoàn thành tạm ứng hoặc thanh toán một phần theo quy định tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG và các PLHĐDVTĐG (nếu có). Trong trường hợp này, hợp đồng sẽ tự động hủy vô điều kiện và </w:t>
       </w:r>
       <w:r>
@@ -6344,336 +7278,378 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG và các văn bản </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> kèm theo sẽ tự động hủy vô kiều kiện và không có giá trị pháp lý mà không cần sự chấp thuận của Bên A bằng văn bản hoặc bất kỳ hình thức nào khác.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="35182FA1" w14:textId="39C301D0">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Phát hiện Bên A sử dụng </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG sai mục đích tại bất kỳ thời điểm nào sau khi được Bên B </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ký, đóng dấu ban</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hành.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1D74C53A" w14:textId="77803E69">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B phát hiện các hành vi cố ý của các bên liên quan ảnh hưởng đến tính độc lập, chính trực, khách quan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Thanh toán ph</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">í thẩm định giá ngoài HĐDVTĐG và các PLHĐDVTĐG (nếu có) cho các bên liên quan mà không được sự chấp nhận của Bên A bằng văn bản; cố ý cung cấp sai lệnh thông tin khảo sát thực trạng tài sản thẩm định giá; cung cấp hồ sơ pháp lý, kỹ thuật không trung thực) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">cố ý chi phối làm sai lệch nghiêm trọng kết quả thẩm định giá.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="03FCA4D0" w14:textId="345317D3">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Các trường hợp khác theo quy định của luật giá và các văn bản pháp luật khác có liên quan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="18ACF544" w14:textId="688A6CE7">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B có quyền không hoàn lại bất kỳ khoản phí nào cho Bên A và các bên liên quan nếu CT, BCTĐG thuộc các trường hợp Bên B được đơn phương thu hồi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, thông báo hủy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="744E7726" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU 6: ĐIỀU KHOẢN THI HÀNH</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="013DF434" w14:textId="523D0113">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Hai bên cam kết tạo điều kiện thuận lợi cho nhau để thực hiện có hiệu quả các điều khoản đã ghi trong </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này. Mọi thay đổi, bổ sung nội dung của </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này phải được hai bên cùng thống nhất bằng văn bản.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="40CE2B0F" w14:textId="2016B03F">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Trong quá trình thực hiện </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">nếu có vướng mắc hoặc có tranh chấp hai bên cùng nhau bàn </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">bạc thương lượng để giải quyết trên tinh thần hợp tác. Nếu không thể thương lượng, hòa giải được, hai bên thống nhất đưa vụ việc ra giải quyết tại Tòa án nhân dân cấp có thẩm quyền. Quyết định của Toà án là quyết định cuối cùng buộc hai bên phải thực hiện.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4056B2D2" w14:textId="6DBBA1EB">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này có hiệu lực kể từ ngày ký và được lập </w:t>
       </w:r>
@@ -6726,791 +7702,958 @@
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">hai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">) bản bên B giữ 2 (hai) bản có giá trị pháp lý như nhau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5916F575" w14:textId="157794D1">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này sẽ tự động thanh lý sau khi bên B thanh toán phí thẩm định cho bên A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hoặc thực hiện ký Biên bản nghiệm thu, thanh lý hợp đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> bởi hai bên tùy theo thu cầu và điều kiện thực tế</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="60D37B2B" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="927"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4894"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2C290F84" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ĐẠI DIỆN BÊN A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="3E450E33" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="17BC77BE" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="288AC77B" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5943B910" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="655EDE68" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="517FE8AE" w14:textId="0961D4AD">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nguyễn Mạnh Quỳnh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="7A3E8CCC" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4CAC58E2" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ĐẠI DIỆN BÊN B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="2D3FB0B8" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="50268CEA" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="7215B242" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="73389EBD" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="3F4EE0DD" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="0ADAA9CD" w14:textId="336C0779">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vũ Văn Quân</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="0D41FB3A" w14:textId="374F987E">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Số thẻ thẩm định viên về giá: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">XII17.1825</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="01B0CCD5" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="76AEB30F" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3677B04D" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="584C8806" w14:textId="6FB31976">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r/>
       <w:bookmarkStart w:id="2" w:name="_Hlk208906103"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br w:type="page" w:clear="all"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4D55B48B" w14:textId="45F30E19">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">PHỤ LỤC </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HỢP ĐỒNG DỊCH VỤ THẨM ĐỊNH GIÁ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6BFC0ED0" w14:textId="12A84A10">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Số: </w:t>
       </w:r>
       <w:bookmarkStart w:id="3" w:name="_Hlk208839703"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HSTD-20260112-0028/HĐTĐ-VFI-01</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="72BA97DB" w14:textId="75D2DB70">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ theo HĐ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">DVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7519,96 +8662,106 @@
         <w:t xml:space="preserve"> số </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HSTD-20260112-0028/HĐTĐ-VFI </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">đã ký </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ngày 15 tháng 1 năm 2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5584FF9C" w14:textId="66052AD0">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ nhu cầu thực</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">tế </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">triển khai công việc và đặc thù TSTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="782A1E38" w14:textId="47FC586E">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> Hôm nay, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ngày 15 tháng 1 năm 2026</w:t>
       </w:r>
       <w:r>
@@ -7618,1283 +8771,1491 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, Tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">văn phòng Công ty CP Thẩm định và Đầu tư Tài chính Hoa Sen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chúng tôi gồm có:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="168" w:type="dxa"/>
         <w:tblW w:w="9726" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="113" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblBorders/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="7951"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1446E855" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">BÊN A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7F4BCD8E" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1A19C822" w14:textId="57F65540">
+          <w:p>
             <w:pPr>
               <w:keepNext w:val="true"/>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve">Nguyễn Mạnh Quỳnh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-8"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="570F76A1" w14:textId="4B440330">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">CCCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="0746ED50" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="470ABBFA" w14:textId="12DAD471">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Thị trấn Cát Thành, Cát Ninh, Nam Định</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2C44CE04" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Đia chỉ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="66A04698" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC12F94" w14:textId="26D15276">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5D9F6D96" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="483BE95C" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3D744E68" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7B05AB83" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">BÊN B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2391AD8A" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="26BB3ECE" w14:textId="4863970B">
+          <w:p>
             <w:pPr>
               <w:keepNext w:val="true"/>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">CÔNG TY CỔ PHẦN THẨM ĐỊNH VÀ ĐẦU TƯ TÀI CHÍNH HOA SEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE5E73C" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Địa chỉ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="34E4CC14" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4875E897" w14:textId="1E76DF50">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">BT5 - 23, Khu đô thị mới Văn Phú, Phường Kiến Hưng, Thành phố Hà Nội</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="469CDA55" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Điện thoại</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="0A70CB6B" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="243887DD" w14:textId="0A8C26EC">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3382"/>
               </w:tabs>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">024 2264 4333</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2D942E7F" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mã số thuế</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="28C87E34" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2E9E4FFB" w14:textId="7548EB19">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">0102708994</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6555BDBB" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mã số GCN đủ điều kiện hành nghề</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="255C90DE" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2E57A2" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">275/TĐG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="433A6D71" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tài khoản số</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="33855E25" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1E797FF8" w14:textId="76D5685A">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve">1505112366666 tại Agribank Chi nhánh Hà Nội II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="46469AEA" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Đại diện</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1DB1E564" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB9F3C3" w14:textId="1547DBDB">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vũ Văn Quân</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -8905,81 +10266,96 @@
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">Chức vụ: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chủ Tịch HĐQT kiêm Tổng Giám Đốc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="150FF5B9" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="644D56FD" w14:textId="54FB6BE8">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Sau khi xem xét, thỏa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -9072,659 +10448,770 @@
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ngày 15 tháng 1 năm 2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">cụ thể như sau:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="674AE1B6" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="69B6A27D" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Điều 1: Quy định mức phụ phí bổ sung đã được thỏa thuận tại mục 3.2, Điều 3, HĐDVTĐG số HSTD-20260112-0028/HĐTĐ-VFI đã ký ngày 15 tháng 1 năm 2026 như sau:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1E84838F" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="7587"/>
         </w:tabs>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="814"/>
+        <w:tblStyle w:val="995"/>
         <w:tblInd w:w="720" w:type="dxa"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideH w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:insideV w:val="none" w:color="auto" w:sz="0" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5760"/>
         <w:gridCol w:w="2520"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB7B8E0" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phí khảo sát thực địa (1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3C3E7F" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">500.000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5F79DEF2" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phí hỗ trợ thu thập thông tin quy hoạch chuyên sâu (nếu có) (2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="616AC6E6" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="0EBA1BD2" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phụ phí ngoại tỉnh, khu vực khó khăn (3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="14C9FEE4" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="63E9E4C0" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Các phụ phí khác: (vé máy bay, tàu hỏa, ăn nghỉ) (4)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1EF97C95" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="33B16C50" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phụ phí khác (nếu có) (5)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="38950DE2" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="5760" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="12C03893" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tổng cộng (1)+(2)+(3)+(4)+(5) (*)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="73471486" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="819"/>
+              <w:pStyle w:val="1000"/>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">500.000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="467E9621" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:firstLine="297" w:left="270"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="01524676" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:firstLine="297" w:left="270"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">      (Bằng chữ:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Năm trăm nghìn đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">./.)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4C65C182" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) Các khoản phí và phụ phí nếu trên chưa bao gồm thuế VAT theo quy định hiện hành.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="35250D07" w14:textId="4E3FE896">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Điều 2: Điều chỉnh Điều 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
@@ -9754,322 +11241,380 @@
         <w:t xml:space="preserve"> HSTD-20260112-0028/HĐTĐ-VFI đã ký ngày 15 tháng 1 năm 2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> như sau:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5A431FAD" w14:textId="216F42C0">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Các khoản chi phí trên được Bên A thanh toán cho Bên B ngay khi thực hiện ký </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1470C389" w14:textId="4F1FFC08">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Hình thức thanh toán:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="454613CB" w14:textId="713F2391">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:firstLine="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thanh toán bằng tiền mặt cho người được Bên B ủy quyền (có giấy giới thiệu) hoặc;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1BD799B9" w14:textId="4C4F9201">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:firstLine="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thanh toàn bằng chuyển</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> khoản</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> vào tài khoản ngân hàng của Bên B, theo số tài khoản dưới đây:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3E8B0968" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Tên tài khoản: Công ty CP thẩm định và Đầu tư Tài chính Hoa Sen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="76F4A602" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Số tài khoản: 1505112366666</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="229182A7" w14:textId="3C31C0A4">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Ngân hàng: Agribank chi nhánh Hà Nội </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">II</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="434E181C" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Mã Citad: 01204035</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5C8F2A35" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="2268"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="5628961D" w14:textId="14C48610">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Điều </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
@@ -10083,98 +11628,110 @@
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thỏa thuận</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> chung</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="33A6CD4C" w14:textId="314754B4">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Quyền và nghĩa vụ của mỗi bên được quy định trong </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">số</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> HSTD-20260112-0028/HĐTĐ-VFI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="257FD33E" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Hai bên thống nhất </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -10219,772 +11776,932 @@
         <w:t xml:space="preserve"> nêu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">tại mục 1 phục này</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> cho bên A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> trong bất kỳ trường hợp nào.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="535A0D50" w14:textId="112EFA1A">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Phụ lục </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">được lập thành …….. bản, có nội dung &amp; giá trị pháp lý như nhau, mỗi bên giữ ……. bản.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="79984181" w14:textId="5212A63E">
-[...1 lines deleted...]
-        <w:pStyle w:val="819"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="270"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Phụ lục này là một phần không thể tách rời của</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> HĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> số </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HSTD-20260112-0028/HĐTĐ-VFI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> và có giá trị kể từ ngày ký.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="6115F044" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="927"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="4999" w:type="pct"/>
         <w:tblBorders/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4985"/>
         <w:gridCol w:w="4794"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2549" w:type="pct"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="21AF4B07" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ĐẠI DIỆN BÊN A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5CDE1BB7" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="4FDA22F5" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="7E7BE4EC" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="720A1C5B" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="08EEBB2F" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="498FB1BF" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Nguyễn Mạnh Quỳnh</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="28A2C4A7" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2451" w:type="pct"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="075F1376" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ĐẠI DIỆN BÊN B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="657A52B5" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="20C3D67A" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="1407CF4E" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="0AA893AB" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="0035C0AC" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="292D26C8" w14:textId="5E8BC347">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vũ Văn Quân</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5F2C10FE" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Số thẻ thẩm định viên về giá: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">XII17.1825</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="710B7247" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="44358526" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="5441D766" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BD7195B" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footnotePr/>
       <w:endnotePr/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:h="16834" w:orient="portrait" w:w="11909"/>
       <w:pgMar w:top="993" w:right="710" w:bottom="567" w:left="1418" w:header="720" w:footer="398" w:gutter="0"/>
       <w:cols w:num="1" w:sep="0" w:space="720" w:equalWidth="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="022B872E" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="68134BB3" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05010000000000000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05010000000000000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
@@ -10999,53 +12716,53 @@
     <w:panose1 w:val="020B0604030504040204"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:panose1 w:val="02020603020101020101"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
   </w:font>
   <w:font w:name=".VnTime">
     <w:panose1 w:val="020B0603030804020204"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="720833A0" w14:textId="77777777">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="806"/>
+      <w:pStyle w:val="987"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
@@ -11059,134 +12776,146 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="3FB163F5" w14:textId="77777777">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="806"/>
+      <w:pStyle w:val="987"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:right="360"/>
       <w:rPr/>
     </w:pPr>
     <w:r/>
     <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="7518D441" w14:textId="77777777">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="806"/>
+      <w:pStyle w:val="987"/>
       <w:framePr w:hAnchor="margin" w:vAnchor="text" w:wrap="around" w:xAlign="right" w:y="1"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
       <w:rPr>
-        <w:rStyle w:val="808"/>
+        <w:rStyle w:val="989"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="808"/>
+        <w:rStyle w:val="989"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="808"/>
+        <w:rStyle w:val="989"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="808"/>
+        <w:rStyle w:val="989"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="808"/>
+        <w:rStyle w:val="989"/>
+      </w:rPr>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="989"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5493C6C3" w14:textId="77777777">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="806"/>
+      <w:pStyle w:val="987"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:right="360"/>
       <w:rPr/>
     </w:pPr>
     <w:r/>
     <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3B173A9F" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A10CA2B" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E8582B"/>
     <w:lvl w:ilvl="0">
       <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
       <w:lvlText w:val="-"/>
       <w:numFmt w:val="bullet"/>
       <w:pPr>
@@ -16374,53 +18103,53 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="table" w:styleId="13">
+  <w:style w:type="table" w:styleId="805">
     <w:name w:val="Table Grid Light"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
@@ -16573,53 +18302,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="14">
+  <w:style w:type="table" w:styleId="806">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
@@ -16798,53 +18527,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="15">
+  <w:style w:type="table" w:styleId="807">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
@@ -17031,53 +18760,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="16">
+  <w:style w:type="table" w:styleId="808">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
@@ -17261,53 +18990,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="17">
+  <w:style w:type="table" w:styleId="809">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
@@ -17477,53 +19206,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="18">
+  <w:style w:type="table" w:styleId="810">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
@@ -17710,53 +19439,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="19">
+  <w:style w:type="table" w:styleId="811">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -17933,53 +19662,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="20">
+  <w:style w:type="table" w:styleId="812">
     <w:name w:val="Grid Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -18156,53 +19885,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="21">
+  <w:style w:type="table" w:styleId="813">
     <w:name w:val="Grid Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -18379,53 +20108,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="22">
+  <w:style w:type="table" w:styleId="814">
     <w:name w:val="Grid Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -18602,53 +20331,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="23">
+  <w:style w:type="table" w:styleId="815">
     <w:name w:val="Grid Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -18825,53 +20554,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="24">
+  <w:style w:type="table" w:styleId="816">
     <w:name w:val="Grid Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -19048,53 +20777,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="25">
+  <w:style w:type="table" w:styleId="817">
     <w:name w:val="Grid Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -19271,53 +21000,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="26">
+  <w:style w:type="table" w:styleId="818">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -19503,53 +21232,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="27">
+  <w:style w:type="table" w:styleId="819">
     <w:name w:val="Grid Table 2 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -19735,53 +21464,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="28">
+  <w:style w:type="table" w:styleId="820">
     <w:name w:val="Grid Table 2 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -19967,53 +21696,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="29">
+  <w:style w:type="table" w:styleId="821">
     <w:name w:val="Grid Table 2 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -20199,53 +21928,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="30">
+  <w:style w:type="table" w:styleId="822">
     <w:name w:val="Grid Table 2 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -20431,53 +22160,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="31">
+  <w:style w:type="table" w:styleId="823">
     <w:name w:val="Grid Table 2 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -20663,53 +22392,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="32">
+  <w:style w:type="table" w:styleId="824">
     <w:name w:val="Grid Table 2 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -20895,53 +22624,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="33">
+  <w:style w:type="table" w:styleId="825">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -20996,128 +22725,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -21140,53 +22869,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="34">
+  <w:style w:type="table" w:styleId="826">
     <w:name w:val="Grid Table 3 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21241,128 +22970,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -21385,53 +23114,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="35">
+  <w:style w:type="table" w:styleId="827">
     <w:name w:val="Grid Table 3 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21486,128 +23215,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -21630,53 +23359,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="36">
+  <w:style w:type="table" w:styleId="828">
     <w:name w:val="Grid Table 3 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21731,128 +23460,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -21875,53 +23604,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="37">
+  <w:style w:type="table" w:styleId="829">
     <w:name w:val="Grid Table 3 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21976,128 +23705,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -22120,53 +23849,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="38">
+  <w:style w:type="table" w:styleId="830">
     <w:name w:val="Grid Table 3 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22221,128 +23950,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -22365,53 +24094,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="39">
+  <w:style w:type="table" w:styleId="831">
     <w:name w:val="Grid Table 3 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22466,128 +24195,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -22610,53 +24339,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="40">
+  <w:style w:type="table" w:styleId="832">
     <w:name w:val="Grid Table 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -22843,53 +24572,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="41">
+  <w:style w:type="table" w:styleId="833">
     <w:name w:val="Grid Table 4 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -23076,53 +24805,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="42">
+  <w:style w:type="table" w:styleId="834">
     <w:name w:val="Grid Table 4 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -23309,53 +25038,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="43">
+  <w:style w:type="table" w:styleId="835">
     <w:name w:val="Grid Table 4 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -23542,53 +25271,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="44">
+  <w:style w:type="table" w:styleId="836">
     <w:name w:val="Grid Table 4 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -23775,53 +25504,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="45">
+  <w:style w:type="table" w:styleId="837">
     <w:name w:val="Grid Table 4 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -24008,53 +25737,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="46">
+  <w:style w:type="table" w:styleId="838">
     <w:name w:val="Grid Table 4 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -24241,53 +25970,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="47">
+  <w:style w:type="table" w:styleId="839">
     <w:name w:val="Grid Table 5 Dark"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -24469,53 +26198,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="48">
+  <w:style w:type="table" w:styleId="840">
     <w:name w:val="Grid Table 5 Dark- Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -24697,53 +26426,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="49">
+  <w:style w:type="table" w:styleId="841">
     <w:name w:val="Grid Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -24925,53 +26654,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="50">
+  <w:style w:type="table" w:styleId="842">
     <w:name w:val="Grid Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -25153,53 +26882,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="51">
+  <w:style w:type="table" w:styleId="843">
     <w:name w:val="Grid Table 5 Dark- Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -25381,53 +27110,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="52">
+  <w:style w:type="table" w:styleId="844">
     <w:name w:val="Grid Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -25609,53 +27338,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="53">
+  <w:style w:type="table" w:styleId="845">
     <w:name w:val="Grid Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -25837,53 +27566,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="54">
+  <w:style w:type="table" w:styleId="846">
     <w:name w:val="Grid Table 6 Colorful"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -26067,53 +27796,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="55">
+  <w:style w:type="table" w:styleId="847">
     <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -26297,53 +28026,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="56">
+  <w:style w:type="table" w:styleId="848">
     <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -26527,53 +28256,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="57">
+  <w:style w:type="table" w:styleId="849">
     <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -26757,53 +28486,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="58">
+  <w:style w:type="table" w:styleId="850">
     <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -26987,53 +28716,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="59">
+  <w:style w:type="table" w:styleId="851">
     <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -27217,53 +28946,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="60">
+  <w:style w:type="table" w:styleId="852">
     <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -27447,53 +29176,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="61">
+  <w:style w:type="table" w:styleId="853">
     <w:name w:val="Grid Table 7 Colorful"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -27551,131 +29280,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -27701,53 +29430,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="62">
+  <w:style w:type="table" w:styleId="854">
     <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -27805,131 +29534,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -27955,53 +29684,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="63">
+  <w:style w:type="table" w:styleId="855">
     <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -28059,131 +29788,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -28209,53 +29938,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="64">
+  <w:style w:type="table" w:styleId="856">
     <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -28313,131 +30042,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -28463,53 +30192,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="65">
+  <w:style w:type="table" w:styleId="857">
     <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -28567,131 +30296,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -28717,53 +30446,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="66">
+  <w:style w:type="table" w:styleId="858">
     <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -28821,131 +30550,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -28971,53 +30700,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="67">
+  <w:style w:type="table" w:styleId="859">
     <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -29075,131 +30804,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -29225,53 +30954,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="68">
+  <w:style w:type="table" w:styleId="860">
     <w:name w:val="List Table 1 Light"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -29441,53 +31170,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="69">
+  <w:style w:type="table" w:styleId="861">
     <w:name w:val="List Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -29657,53 +31386,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="70">
+  <w:style w:type="table" w:styleId="862">
     <w:name w:val="List Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -29873,53 +31602,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="71">
+  <w:style w:type="table" w:styleId="863">
     <w:name w:val="List Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -30089,53 +31818,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="72">
+  <w:style w:type="table" w:styleId="864">
     <w:name w:val="List Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -30305,53 +32034,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="73">
+  <w:style w:type="table" w:styleId="865">
     <w:name w:val="List Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -30521,53 +32250,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="74">
+  <w:style w:type="table" w:styleId="866">
     <w:name w:val="List Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -30737,53 +32466,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="75">
+  <w:style w:type="table" w:styleId="867">
     <w:name w:val="List Table 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -30975,53 +32704,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="76">
+  <w:style w:type="table" w:styleId="868">
     <w:name w:val="List Table 2 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -31213,53 +32942,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="77">
+  <w:style w:type="table" w:styleId="869">
     <w:name w:val="List Table 2 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -31451,53 +33180,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="78">
+  <w:style w:type="table" w:styleId="870">
     <w:name w:val="List Table 2 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -31689,53 +33418,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="79">
+  <w:style w:type="table" w:styleId="871">
     <w:name w:val="List Table 2 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -31927,53 +33656,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="80">
+  <w:style w:type="table" w:styleId="872">
     <w:name w:val="List Table 2 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -32165,53 +33894,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="81">
+  <w:style w:type="table" w:styleId="873">
     <w:name w:val="List Table 2 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -32403,53 +34132,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="82">
+  <w:style w:type="table" w:styleId="874">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -32631,53 +34360,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="83">
+  <w:style w:type="table" w:styleId="875">
     <w:name w:val="List Table 3 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -32859,53 +34588,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="84">
+  <w:style w:type="table" w:styleId="876">
     <w:name w:val="List Table 3 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -33087,53 +34816,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="85">
+  <w:style w:type="table" w:styleId="877">
     <w:name w:val="List Table 3 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -33315,53 +35044,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="86">
+  <w:style w:type="table" w:styleId="878">
     <w:name w:val="List Table 3 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -33543,53 +35272,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="87">
+  <w:style w:type="table" w:styleId="879">
     <w:name w:val="List Table 3 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -33771,53 +35500,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="88">
+  <w:style w:type="table" w:styleId="880">
     <w:name w:val="List Table 3 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -33999,53 +35728,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="89">
+  <w:style w:type="table" w:styleId="881">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -34224,53 +35953,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="90">
+  <w:style w:type="table" w:styleId="882">
     <w:name w:val="List Table 4 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -34449,53 +36178,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="91">
+  <w:style w:type="table" w:styleId="883">
     <w:name w:val="List Table 4 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -34674,53 +36403,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="92">
+  <w:style w:type="table" w:styleId="884">
     <w:name w:val="List Table 4 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -34899,53 +36628,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="93">
+  <w:style w:type="table" w:styleId="885">
     <w:name w:val="List Table 4 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -35124,53 +36853,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="94">
+  <w:style w:type="table" w:styleId="886">
     <w:name w:val="List Table 4 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -35349,53 +37078,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="95">
+  <w:style w:type="table" w:styleId="887">
     <w:name w:val="List Table 4 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -35574,53 +37303,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="96">
+  <w:style w:type="table" w:styleId="888">
     <w:name w:val="List Table 5 Dark"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -35816,53 +37545,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="97">
+  <w:style w:type="table" w:styleId="889">
     <w:name w:val="List Table 5 Dark - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -36058,53 +37787,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="98">
+  <w:style w:type="table" w:styleId="890">
     <w:name w:val="List Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -36300,53 +38029,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="99">
+  <w:style w:type="table" w:styleId="891">
     <w:name w:val="List Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -36542,53 +38271,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="100">
+  <w:style w:type="table" w:styleId="892">
     <w:name w:val="List Table 5 Dark - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -36784,53 +38513,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="101">
+  <w:style w:type="table" w:styleId="893">
     <w:name w:val="List Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eaadb" w:themeFill="accent5" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -37026,53 +38755,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="102">
+  <w:style w:type="table" w:styleId="894">
     <w:name w:val="List Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="a9d18f" w:themeFill="accent6" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -37268,53 +38997,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="103">
+  <w:style w:type="table" w:styleId="895">
     <w:name w:val="List Table 6 Colorful"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -37491,53 +39220,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="104">
+  <w:style w:type="table" w:styleId="896">
     <w:name w:val="List Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -37714,53 +39443,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="105">
+  <w:style w:type="table" w:styleId="897">
     <w:name w:val="List Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -37937,53 +39666,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="106">
+  <w:style w:type="table" w:styleId="898">
     <w:name w:val="List Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -38160,53 +39889,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="107">
+  <w:style w:type="table" w:styleId="899">
     <w:name w:val="List Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -38383,53 +40112,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="108">
+  <w:style w:type="table" w:styleId="900">
     <w:name w:val="List Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -38606,53 +40335,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="109">
+  <w:style w:type="table" w:styleId="901">
     <w:name w:val="List Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -38829,53 +40558,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="110">
+  <w:style w:type="table" w:styleId="902">
     <w:name w:val="List Table 7 Colorful"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -38930,131 +40659,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -39085,53 +40814,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="111">
+  <w:style w:type="table" w:styleId="903">
     <w:name w:val="List Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -39186,131 +40915,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -39341,53 +41070,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="112">
+  <w:style w:type="table" w:styleId="904">
     <w:name w:val="List Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -39442,131 +41171,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -39597,53 +41326,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="113">
+  <w:style w:type="table" w:styleId="905">
     <w:name w:val="List Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -39698,131 +41427,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -39853,53 +41582,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="114">
+  <w:style w:type="table" w:styleId="906">
     <w:name w:val="List Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -39954,131 +41683,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -40109,53 +41838,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="115">
+  <w:style w:type="table" w:styleId="907">
     <w:name w:val="List Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -40210,131 +41939,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -40365,53 +42094,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="116">
+  <w:style w:type="table" w:styleId="908">
     <w:name w:val="List Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -40466,131 +42195,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -40621,53 +42350,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="117">
+  <w:style w:type="table" w:styleId="909">
     <w:name w:val="Lined - Accent"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -40858,53 +42587,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="118">
+  <w:style w:type="table" w:styleId="910">
     <w:name w:val="Lined - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -41095,53 +42824,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="119">
+  <w:style w:type="table" w:styleId="911">
     <w:name w:val="Lined - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -41332,53 +43061,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="120">
+  <w:style w:type="table" w:styleId="912">
     <w:name w:val="Lined - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -41569,53 +43298,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="121">
+  <w:style w:type="table" w:styleId="913">
     <w:name w:val="Lined - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -41806,53 +43535,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="122">
+  <w:style w:type="table" w:styleId="914">
     <w:name w:val="Lined - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -42043,53 +43772,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="123">
+  <w:style w:type="table" w:styleId="915">
     <w:name w:val="Lined - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -42280,53 +44009,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="124">
+  <w:style w:type="table" w:styleId="916">
     <w:name w:val="Bordered &amp; Lined - Accent"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -42524,53 +44253,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="125">
+  <w:style w:type="table" w:styleId="917">
     <w:name w:val="Bordered &amp; Lined - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -42768,53 +44497,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="126">
+  <w:style w:type="table" w:styleId="918">
     <w:name w:val="Bordered &amp; Lined - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -43012,53 +44741,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="127">
+  <w:style w:type="table" w:styleId="919">
     <w:name w:val="Bordered &amp; Lined - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -43256,53 +44985,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="128">
+  <w:style w:type="table" w:styleId="920">
     <w:name w:val="Bordered &amp; Lined - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -43500,53 +45229,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="129">
+  <w:style w:type="table" w:styleId="921">
     <w:name w:val="Bordered &amp; Lined - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -43744,53 +45473,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="130">
+  <w:style w:type="table" w:styleId="922">
     <w:name w:val="Bordered &amp; Lined - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -43988,53 +45717,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="131">
+  <w:style w:type="table" w:styleId="923">
     <w:name w:val="Bordered"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -44219,53 +45948,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="132">
+  <w:style w:type="table" w:styleId="924">
     <w:name w:val="Bordered - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -44450,53 +46179,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="133">
+  <w:style w:type="table" w:styleId="925">
     <w:name w:val="Bordered - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -44681,53 +46410,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="134">
+  <w:style w:type="table" w:styleId="926">
     <w:name w:val="Bordered - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -44912,53 +46641,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="135">
+  <w:style w:type="table" w:styleId="927">
     <w:name w:val="Bordered - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -45143,53 +46872,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="136">
+  <w:style w:type="table" w:styleId="928">
     <w:name w:val="Bordered - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -45374,53 +47103,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="137">
+  <w:style w:type="table" w:styleId="929">
     <w:name w:val="Bordered - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -45605,959 +47334,959 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="139">
+  <w:style w:type="paragraph" w:styleId="930">
     <w:name w:val="Heading 1"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="150"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="939"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="80" w:before="360"/>
       <w:ind/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="140">
+  <w:style w:type="paragraph" w:styleId="931">
     <w:name w:val="Heading 2"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="151"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="940"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="80" w:before="160"/>
       <w:ind/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="141">
+  <w:style w:type="paragraph" w:styleId="932">
     <w:name w:val="Heading 3"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="152"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="941"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="80" w:before="160"/>
       <w:ind/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="142">
+  <w:style w:type="paragraph" w:styleId="933">
     <w:name w:val="Heading 4"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="153"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="942"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="40" w:before="80"/>
       <w:ind/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="143">
+  <w:style w:type="paragraph" w:styleId="934">
     <w:name w:val="Heading 5"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="154"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="943"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="40" w:before="80"/>
       <w:ind/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="144">
+  <w:style w:type="paragraph" w:styleId="935">
     <w:name w:val="Heading 6"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="155"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="944"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0" w:before="40"/>
       <w:ind/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="145">
+  <w:style w:type="paragraph" w:styleId="936">
     <w:name w:val="Heading 7"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="156"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="945"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0" w:before="40"/>
       <w:ind/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="146">
+  <w:style w:type="paragraph" w:styleId="937">
     <w:name w:val="Heading 8"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="157"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="946"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0"/>
       <w:ind/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="147">
+  <w:style w:type="paragraph" w:styleId="938">
     <w:name w:val="Heading 9"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="158"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="947"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0"/>
       <w:ind/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="150">
+  <w:style w:type="character" w:styleId="939">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="139"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="930"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="151">
+  <w:style w:type="character" w:styleId="940">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="140"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="931"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="152">
+  <w:style w:type="character" w:styleId="941">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="141"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="932"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="153">
+  <w:style w:type="character" w:styleId="942">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="142"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="933"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="154">
+  <w:style w:type="character" w:styleId="943">
     <w:name w:val="Heading 5 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="143"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="934"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="155">
+  <w:style w:type="character" w:styleId="944">
     <w:name w:val="Heading 6 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="144"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="935"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="156">
+  <w:style w:type="character" w:styleId="945">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="145"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="936"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="157">
+  <w:style w:type="character" w:styleId="946">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="146"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="937"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="158">
+  <w:style w:type="character" w:styleId="947">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="147"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="938"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="159">
+  <w:style w:type="paragraph" w:styleId="948">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="160"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="949"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:ind/>
       <w:contextualSpacing w:val="true"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="160">
+  <w:style w:type="character" w:styleId="949">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="159"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="948"/>
     <w:uiPriority w:val="10"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="161">
+  <w:style w:type="paragraph" w:styleId="950">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="162"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="951"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="162">
+  <w:style w:type="character" w:styleId="951">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="161"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="950"/>
     <w:uiPriority w:val="11"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="163">
+  <w:style w:type="paragraph" w:styleId="952">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="164"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="953"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="160"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="164">
+  <w:style w:type="character" w:styleId="953">
     <w:name w:val="Quote Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="163"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="952"/>
     <w:uiPriority w:val="29"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="166">
+  <w:style w:type="character" w:styleId="954">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="167">
+  <w:style w:type="paragraph" w:styleId="955">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="168"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="956"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:after="360" w:before="360"/>
       <w:ind w:right="864" w:left="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="168">
+  <w:style w:type="character" w:styleId="956">
     <w:name w:val="Intense Quote Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="167"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="955"/>
     <w:uiPriority w:val="30"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="169">
+  <w:style w:type="character" w:styleId="957">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="170">
+  <w:style w:type="paragraph" w:styleId="958">
     <w:name w:val="No Spacing"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="171">
+  <w:style w:type="character" w:styleId="959">
     <w:name w:val="Subtle Emphasis"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="172">
+  <w:style w:type="character" w:styleId="960">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="173">
+  <w:style w:type="character" w:styleId="961">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="174">
+  <w:style w:type="character" w:styleId="962">
     <w:name w:val="Subtle Reference"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="5a5a5a" w:themeColor="text1" w:themeTint="A5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="175">
+  <w:style w:type="character" w:styleId="963">
     <w:name w:val="Book Title"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="180">
+  <w:style w:type="paragraph" w:styleId="964">
     <w:name w:val="Caption"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0e2841" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="181">
+  <w:style w:type="paragraph" w:styleId="965">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="182"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="966"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="182">
+  <w:style w:type="character" w:styleId="966">
     <w:name w:val="Footnote Text Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="181"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="965"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="183">
+  <w:style w:type="character" w:styleId="967">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="184">
+  <w:style w:type="paragraph" w:styleId="968">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="185"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="969"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="185">
+  <w:style w:type="character" w:styleId="969">
     <w:name w:val="Endnote Text Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="184"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="968"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="186">
+  <w:style w:type="character" w:styleId="970">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="189">
+  <w:style w:type="paragraph" w:styleId="971">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="190">
+  <w:style w:type="paragraph" w:styleId="972">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="191">
+  <w:style w:type="paragraph" w:styleId="973">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="192">
+  <w:style w:type="paragraph" w:styleId="974">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="660"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="193">
+  <w:style w:type="paragraph" w:styleId="975">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="880"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="194">
+  <w:style w:type="paragraph" w:styleId="976">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="195">
+  <w:style w:type="paragraph" w:styleId="977">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1320"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="196">
+  <w:style w:type="paragraph" w:styleId="978">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1540"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="197">
+  <w:style w:type="paragraph" w:styleId="979">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1760"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="198">
+  <w:style w:type="character" w:styleId="980">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="208">
+  <w:style w:type="paragraph" w:styleId="981">
     <w:name w:val="TOC Heading"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="209">
+  <w:style w:type="paragraph" w:styleId="982">
     <w:name w:val="table of figures"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:afterAutospacing="0"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="802" w:default="1">
+  <w:style w:type="paragraph" w:styleId="983" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="803" w:default="1">
+  <w:style w:type="character" w:styleId="984" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="804" w:default="1">
+  <w:style w:type="table" w:styleId="985" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
@@ -46706,189 +48435,189 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="805" w:default="1">
+  <w:style w:type="numbering" w:styleId="986" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="806">
+  <w:style w:type="paragraph" w:styleId="987">
     <w:name w:val="Footer"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="807"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="988"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="807" w:customStyle="1">
+  <w:style w:type="character" w:styleId="988" w:customStyle="1">
     <w:name w:val="Footer Char"/>
-    <w:link w:val="806"/>
+    <w:link w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="808">
+  <w:style w:type="character" w:styleId="989">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="809" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="990" w:customStyle="1">
     <w:name w:val="Char"/>
-    <w:basedOn w:val="810"/>
+    <w:basedOn w:val="991"/>
     <w:pPr>
       <w:widowControl w:val="false"/>
       <w:pBdr/>
       <w:tabs>
         <w:tab w:val="left" w:leader="none" w:pos="1114"/>
       </w:tabs>
       <w:spacing w:before="120" w:line="436" w:lineRule="exact"/>
       <w:ind w:right="-56" w:firstLine="1" w:left="357"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="810">
+  <w:style w:type="paragraph" w:styleId="991">
     <w:name w:val="Document Map"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="811">
+  <w:style w:type="paragraph" w:styleId="992">
     <w:name w:val="Header"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="821"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="1002"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="812">
+  <w:style w:type="character" w:styleId="993">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="0000ff"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="813" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="994" w:customStyle="1">
     <w:name w:val="Char Char Char Char Char Char"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="PMingLiU"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="814">
+  <w:style w:type="table" w:styleId="995">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
@@ -47033,666 +48762,666 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="815">
+  <w:style w:type="paragraph" w:styleId="996">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="816"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="997"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="816" w:customStyle="1">
+  <w:style w:type="character" w:styleId="997" w:customStyle="1">
     <w:name w:val="Body Text 2 Char"/>
-    <w:link w:val="815"/>
+    <w:link w:val="996"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="817">
+  <w:style w:type="paragraph" w:styleId="998">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="818"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="999"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="818" w:customStyle="1">
+  <w:style w:type="character" w:styleId="999" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
-    <w:link w:val="817"/>
+    <w:link w:val="998"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="819">
+  <w:style w:type="paragraph" w:styleId="1000">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing w:val="true"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="820">
+  <w:style w:type="character" w:styleId="1001">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="954f72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="821" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1002" w:customStyle="1">
     <w:name w:val="Header Char"/>
-    <w:link w:val="811"/>
+    <w:link w:val="992"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="822" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1003" w:customStyle="1">
     <w:name w:val="xl105"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="823" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1004" w:customStyle="1">
     <w:name w:val="xl106"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="824" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1005" w:customStyle="1">
     <w:name w:val="xl107"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="825" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1006" w:customStyle="1">
     <w:name w:val="xl108"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="826" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1007" w:customStyle="1">
     <w:name w:val="xl109"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="827" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1008" w:customStyle="1">
     <w:name w:val="xl110"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="828" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1009" w:customStyle="1">
     <w:name w:val="xl111"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="829" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1010" w:customStyle="1">
     <w:name w:val="xl112"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="830" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1011" w:customStyle="1">
     <w:name w:val="xl113"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="831" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1012" w:customStyle="1">
     <w:name w:val="xl114"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="832" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1013" w:customStyle="1">
     <w:name w:val="xl115"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="833" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1014" w:customStyle="1">
     <w:name w:val="xl116"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="834" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1015" w:customStyle="1">
     <w:name w:val="xl117"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="835" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1016" w:customStyle="1">
     <w:name w:val="xl118"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="836" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1017" w:customStyle="1">
     <w:name w:val="xl119"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="837" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1018" w:customStyle="1">
     <w:name w:val="xl120"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="838" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1019" w:customStyle="1">
     <w:name w:val="xl121"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="839" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1020" w:customStyle="1">
     <w:name w:val="xl122"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="840" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1021" w:customStyle="1">
     <w:name w:val="xl123"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="841" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1022" w:customStyle="1">
     <w:name w:val="xl124"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="842" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1023" w:customStyle="1">
     <w:name w:val="xl125"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="843" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1024" w:customStyle="1">
     <w:name w:val="xl126"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="844" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1025" w:customStyle="1">
     <w:name w:val="xl127"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="845" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1026" w:customStyle="1">
     <w:name w:val="xl128"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="846" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1027" w:customStyle="1">
     <w:name w:val="xl129"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="847" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1028" w:customStyle="1">
     <w:name w:val="xl130"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="848" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1029" w:customStyle="1">
     <w:name w:val="xl131"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="849" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1030" w:customStyle="1">
     <w:name w:val="xl132"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="850" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1031" w:customStyle="1">
     <w:name w:val="xl133"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="851" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1032" w:customStyle="1">
     <w:name w:val="xl134"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="852">
+  <w:style w:type="paragraph" w:styleId="1033">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="853"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="1034"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="120"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="853" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1034" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
-    <w:link w:val="852"/>
+    <w:link w:val="1033"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="854" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1035" w:customStyle="1">
     <w:name w:val="normal-h1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:color w:val="0000ff"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="855" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1036" w:customStyle="1">
     <w:name w:val="Preformatted Text"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="false"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Mono" w:hAnsi="Liberation Mono" w:eastAsia="Liberation Mono" w:cs="Liberation Mono"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
@@ -47888,51 +49617,51 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <Application>onlyoffice/9.2.0.98</Application>
+  <Application>onlyoffice/9.1.0.1</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="0" baseType="variant"/>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="0" baseType="lpstr"/>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>0</LinksUpToDate>
   <SharedDoc>0</SharedDoc>
   <HyperlinksChanged>0</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CỘNG HOÀ XÃ HỘI CHỦ NGHĨA VIỆT NAM</dc:title>
   <dc:subject/>
   <dc:creator>HTC</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>