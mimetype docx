--- v0 (2026-01-24)
+++ v1 (2026-03-26)
@@ -33,189 +33,269 @@
       <w:tblPr>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblBorders/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4200"/>
         <w:gridCol w:w="5700"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="898"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcW w:w="9900" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="815"/>
+              <w:pStyle w:val="996"/>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">CỘNG HOÀ XÃ HỘI CHỦ NGHĨA VIỆT NAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Độc lập - Tự do – Hạnh phúc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">-----***-----</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="4200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-94" w:left="-80"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:bCs/>
+                <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Số: </w:t>
+              <w:t xml:space="preserve">S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="undefined"/>
               </w:rPr>
-              <w:t xml:space="preserve">HSTD-20260112-0025/HĐTĐ-VFI</w:t>
+              <w:t xml:space="preserve">ố: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="undefined"/>
+              </w:rPr>
+              <w:t xml:space="preserve">275/20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">26/</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="undefined"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0172</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/VFI-HĐ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TĐ.39.A </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="undefined" w:bidi="undefined"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="undefined"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="5700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:firstLine="3" w:left="357"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -235,83 +315,98 @@
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">  Hà Nội, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ngày 12 tháng 1 năm 2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="10"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">HỢP ĐỒNG</w:t>
       </w:r>
@@ -342,50 +437,59 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> THẨM ĐỊNH </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">GIÁ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(V/v: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
@@ -394,250 +498,301 @@
         <w:t xml:space="preserve">Thẩm định </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">giá </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">tài sản</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Luật Dân sự số 91/2015/QH13 ngày 24/11/2015 và các văn bản hướng dẫn thi hành;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Luật Doanh nghiệp số 59/2020/QH14 ngày 17/6/2020; Luật số 76/2025 sửa đổi bổ sung một số điều của Luật Doanh Nghiệp và các văn bản hướng dẫn thi hành</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Luật giá số 16/2023/QH15 ngày 19/06/2023 và các văn bản hướng dẫn thi hành; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Nghị định 78/2024/NĐ-CP ngày 01/07/2024 của chính phủ Quy định chi tiết một số điều của Luật giá về thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ nhu cầu và khả năng của hai bên.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="168" w:type="dxa"/>
         <w:tblW w:w="9726" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="113" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
@@ -670,346 +825,413 @@
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r/>
             <w:bookmarkStart w:id="0" w:name="_Hlk117252695"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">BÊN A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepNext w:val="true"/>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ngân hàng Nông nghiệp và Phát triển nông thôn Việt Nam (Agribank)-Chi nhánh Hà Tây</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NGÂN HÀNG NÔNG NGHIỆP VÀ PHÁT TRIỂN NÔNG THÔN VIỆT NAM (AGRIBANK)-CHI NHÁNH HÀ TÂY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-8"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Mã số thuế</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">0100686174-089</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Đia chỉ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve">Số 2 Vũ Trọng Khánh, phường Hà Đông, Thành phố Hà Nội</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1017,117 +1239,138 @@
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Đại diện</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ông Lương Viết Xuân</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
@@ -1136,150 +1379,176 @@
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Chức vụ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phó giám đốc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
@@ -1287,79 +1556,93 @@
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">(Theo quyết định số: 418/QĐ-NHNo.HT-TH ngày 02 tháng 8 năm 2024 của Giám đốc Agribank Chi nhánh Hà Tây về việc ủy quyền thực hiện nhiệm vụ, quyền hạn của người đại diện theo pháp luật)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
@@ -1367,1152 +1650,1467 @@
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">BÊN B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:keepNext w:val="true"/>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">CÔNG TY CỔ PHẦN THẨM ĐỊNH VÀ ĐẦU TƯ TÀI CHÍNH HOA SEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Địa chỉ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">BT5 - 23, Khu đô thị mới Văn Phú, Phường Kiến Hưng, Thành phố Hà Nội</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-2"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Điện thoại</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3382"/>
               </w:tabs>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">024 2264 4333</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mã số thuế</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">0102708994</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mã số GCN đủ điều kiện hành nghề</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="pt-BR"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">275/TĐG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tài khoản số</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve">1505112366666 tại Agribank Chi nhánh Hà Nội II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:spacing w:val="-4"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Đại diện</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vũ Văn Quân</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chức vụ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chủ Tịch HĐQT kiêm Tổng Giám Đốc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bên C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
+                <w:u w:val="single"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:b/>
                 <w:bCs/>
-                <w:i/>
-                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
+              <w:t xml:space="preserve">Ông Nguyễn Huy Lượng</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="20"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="1505" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Số CCCD</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="270" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="7951" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
+              <w:ind/>
+              <w:contextualSpacing w:val="true"/>
+              <w:rPr>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">001079043598</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Sau khi bàn bạc hai bên cùng thống nhất ký kết </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Hợp đồng dịch vụ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">thẩm định giá với các điều khoản và điều kiện cụ thể sau:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CÁC TỪ VIẾT TẮT  VÀ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2540,88 +3138,106 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> NÀY</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -2638,220 +3254,262 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">hợp đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> này</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hợp đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dịch vụ thẩm định giá: “HĐDVTĐG”;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Phụ lục </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hợp đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dịch vụ thẩm định giá: “PLHĐDVTĐG”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tài sản thẩm định giá: “TSTĐG”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Biên </w:t>
       </w:r>
       <w:r>
@@ -2876,206 +3534,249 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: “BBKSTS”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Chứng thư thẩm định giá, Báo cáo kết quả thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: “CT, BCTĐG”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Định nghĩa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
@@ -3128,85 +3829,101 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ổ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sung các thoả thuận khác được các bên thống nhất thực hiện và lập thành văn bản ký kết giữa các bên (nếu có).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A</w:t>
       </w:r>
@@ -3225,312 +3942,372 @@
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">là bên cung cấp dịch vụ thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Phí dịch vụ thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">: Có nghĩa là mức phí cho dịch vụ thẩm định giá (định giá) Bên B sẽ thu của Bên A, theo Biểu phí thẩm định giá Bên B dành cho Bên A hoặc theo thỏa thuận giữa Bên A và Bên B được ghi tại </w:t>
+        <w:t xml:space="preserve">: Có nghĩa là mức phí cho dịch vụ thẩm định giá (định giá) Bên B sẽ thu của Bên C, theo Biểu phí thẩm định giá Bên B dành cho Bên C hoặc theo thỏa thuận giữa Bên C và Bên B được ghi tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Phụ lục hoặc phụ lục </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">: Có nghĩa văn bản thoả thuận về việc sửa đổi, bổ sung một hoặc một số nội dung của </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">này. Phụ lục/Phụ lục </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">là một phần không tách rời của </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">này.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="855"/>
+        <w:pStyle w:val="1036"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Thông tin mật</w:t>
       </w:r>
@@ -3556,254 +4333,314 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">này.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="819"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:pStyle w:val="1000"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU 1: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">NỘI DUNG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Tài sản thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">Giấy chứng nhận số DD 257284, Số vào sổ cấp GCN CS-TTH 25081, Nơi cấp Sở Tài nguyên và Môi trường Thành phố Hà Nộ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quyền sử dụng đất tại thửa đất số: 448, tờ bản đồ số 4 có địa chỉ: Xã Dị Nậu, huyện Thạch Thất, Thành phố Hà Nội (Nay là xã Tây Phương, Thành phố Hà Nội) theo Giấy chứng nhận quyền sử dụng đất quyền sở hữu nhà ở và tài sản khác gắn liền với đất số: DD 2572</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">84, số vào sổ cấp GCN: CS-TTH 25081 do Sở Tài nguyên và Môi trường Thành phố Hà Nội cấp ngày 07/3/2022; Chủ sử dụng đất là Ông Nguyễn Huy Lượng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">i, Ngày cấp 07/03/2022, Số thửa 448, Tờ bản đồ 4, Địa chỉ trên sổ xã Dị Nậu, huyện Thạch Thất, Thành phố Hà Nội | Tài sản tại: Xã Dị Nậu, Huyện Thạch Thất, Thành phố Hà Nội, độ rộng đường trước mặt tài sản 7m, mặt tiền 10m, 21.054055555556, 105.62597222222</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Nội dung và phạm vi công việc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A đề nghị và Bên B đồng ý cung cấp dịch vụ thẩm định giá đối với các </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">TSTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> như đã liệt kê tại mục 1 của Điều này theo đúng quy định của pháp luật hiện hành.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Việc định giá của Bên B phải được tiến hành độc lập, khách quan, trung thực và tuân thủ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3817,172 +4654,196 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> pháp luật</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> dựa trên các tiêu chuẩn kỹ thuật, tính chất, vị trí, quy mô, thực trạng của tài sản, giá thị trường tại thời điểm định giá.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Thời điểm thẩm định giá: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tháng 1 năm 2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">: MỤC ĐÍCH THẨM ĐỊNH GIÁ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Kết quả thẩm định giá để khách hàng tham khảo giá trị tài sản phục vụ công tác  vay vốn tại tổ chức tín dụng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU </w:t>
       </w:r>
@@ -4003,50 +4864,59 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">: THỜI GIAN VÀ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">PHÍ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">DỊCH VỤ THẨM ĐỊNH GIÁ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4066,50 +4936,57 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Thời gian thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B tiến hành công việc thẩm định và trả lời kết </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -4185,50 +5062,59 @@
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">TSTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -4253,163 +5139,188 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Phí</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> dịch vụ thẩm định</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> giá</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:jc w:val="center"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2822"/>
         <w:gridCol w:w="296"/>
         <w:gridCol w:w="2113"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">VND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -4418,108 +5329,124 @@
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phí thẩm định</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> (*)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">5.555.556</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
@@ -4532,108 +5459,124 @@
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">VAT </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">444.444</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
@@ -4643,132 +5586,159 @@
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tổng cộng:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">6.000.000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
@@ -4792,132 +5762,156 @@
         </w:rPr>
         <w:t xml:space="preserve">Sáu triệu đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">./.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="4"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">Phí dịch vụ trên </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">chưa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> bao gồm chi phí khảo sát và các phụ phí khác (nếu có)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4929,50 +5923,58 @@
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">PHƯƠNG THỨC THANH TOÁN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
@@ -4988,81 +5990,97 @@
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Tiền mặt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hoặc chuyển khoản</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-8"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="706" w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bên A có trách nhiệm thanh toán 100% phí thẩm định cho Bên </w:t>
+        <w:t xml:space="preserve">Bên C có trách nhiệm thanh toán 100% phí thẩm định cho Bên </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
-        <w:t xml:space="preserve">B sau khi Bên B phát hành Chứng thư thẩm định và hóa đơn tài chính hợp lệ, trong mọi trường hợp phí dịch vụ phải được thanh toán chậm nhất là không quá 05 (năm) ngày làm việc sau khi Bên B cung cấp Chứng thư thẩm định và hóa đơn tài chính hợp lệ cho Bên A.</w:t>
+        <w:t xml:space="preserve">B sau khi Bên B phát hành Chứng thư thẩm định và hóa đơn tài chính hợp lệ, trong mọi trường hợp phí dịch vụ phải được thanh toán chậm nhất là không quá 05 (năm) ngày làm việc sau khi Bên B cung cấp Chứng thư thẩm định và hóa đơn tài chính hợp lệ cho Bên C.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="706" w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
@@ -5089,50 +6107,58 @@
         </w:rPr>
         <w:t xml:space="preserve">(nếu có) sẽ được Bên B gửi tới Bên A theo mẫu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> đề nghị tạm ứng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> của Bên B;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="706" w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Mọi khoản phí </w:t>
       </w:r>
@@ -5150,208 +6176,249 @@
         </w:rPr>
         <w:t xml:space="preserve">ược quy định tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> và các khoản tạm ứng phí (nếu có) được thanh toán vào tài khoản ngân hàng của Bên A theo thông tin sau:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="819"/>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Tê</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">n tài khoản: Công ty CP thẩm định và Đầu tư Tài chính Hoa Sen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="819"/>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Số tài khoản: 1505112366666</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="819"/>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Ngân hàng: Agribank chi nhánh Hà Nội </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">II</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="819"/>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Mã Citad: 01204035</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU 5: TRÁCH NHIỆM CỦA CÁC BÊN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -5360,252 +6427,275 @@
         <w:t xml:space="preserve">5.1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Quyền và </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Trách nhiệm của Bên A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và Bên C</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cung cấp cho bên B đầy đủ hồ sơ kinh tế, kỹ thuật và pháp lý của tài sản. Chịu hoàn toàn trách nhiệm về tính pháp lý của hồ sơ và tính chính xác</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, trung thực</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> của các thông tin đã cung cấp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cử người đại diện liên hệ và giải quyết những khó khăn, vướng mắc phát sinh trong quá trình thẩm định. Tạo điều kiện thuận lợi và cần thiết trong quá trình thu thập thông tin, hồ sơ về dự án thẩm định từ lúc bắt đầu cho đến lúc kết thúc để </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ên B tiến hành việc thẩm định giá có hiệu quả</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, phù hợp quy định pháp luật về thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bên A hoặc người được Bên A cử có trách nhiệm hướng dẫn Bên B thực hiện khảo sát hiện trạng tài sản, đặc tính kỹ thuật</w:t>
+        <w:t xml:space="preserve">Bên C hoặc người được Bên C cử có trách nhiệm hướng dẫn Bên B thực hiện khảo sát hiện trạng tài sản, đặc tính kỹ thuật</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> của</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">TSTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> tại thời điểm khảo sát tài sản</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> và phải chịu trách nhiệm với các hướng dẫn này.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Có trách nhiệm ký các </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">BBKSTS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> theo mẫu và nội dung đã được trình bày trong </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">BBKSTS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> phù hợp với hiện trạng tại thời điểm khảo sát. Trường hợp Bên B có yêu cầu mà bên A vì bất kỳ lý do nào khác mà không thực hiện ký xác nhận </w:t>
+        <w:t xml:space="preserve"> phù hợp với hiện trạng tại thời điểm khảo sát. Trường hợp Bên B có yêu cầu mà bên C vì bất kỳ lý do nào khác mà không thực hiện ký xác nhận </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">BBKSTS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> của Bên B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> sau khi </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG</w:t>
       </w:r>
@@ -5615,181 +6705,196 @@
         </w:rPr>
         <w:t xml:space="preserve"> đã được ban hành bởi Bên B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> thì </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">BBKSTS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> này được coi là đã được thống nhất và xác nhận giữa </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bên A và Bên B, mọi thông tin được trình bày trên </w:t>
+        <w:t xml:space="preserve">Bên C và Bên B, mọi thông tin được trình bày trên </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">BBKSTS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve"> của Bên B mặc nhiên được coi là đã trình bày phù hợp với thực trạng tài sản được khảo sát tại thời điểm khảo sát tài sản và Bên A phải hoàn toàn chịu trách nhiệm với các thông tin này với vai trò là người hướng dẫn khảo sát.</w:t>
+        <w:t xml:space="preserve"> của Bên C mặc nhiên được coi là đã trình bày phù hợp với thực trạng tài sản được khảo sát tại thời điểm khảo sát tài sản và Bên C phải hoàn toàn chịu trách nhiệm với các thông tin này với vai trò là người hướng dẫn khảo sát.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bên A phải hoàn toàn chịu trách nhiệm về tính chính xác vị trí tài sản, pháp lý tài sản. Nếu có bất kỳ ảnh hưởng nào có thể gây ảnh hưởng đến tính pháp lý của tài sản (tranh chấp, tranh chấp mốc giới, tài sản bị lấn chiếm, đã nhận cầ</w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">ợp nếu Bên A không thực hiện chủ động thông báo lại những thay đổi này cho Bên B thì sau thời điểm đã ban hành CT, BCTĐG mà các ảnh hưởng này (nếu có) có ảnh hưởng đến giá trị TSTĐG tại thời điểm thẩm định giá thì các ảnh hưởng này thuộc trách nhiệm Bên A.</w:t>
+        <w:t xml:space="preserve">Bên C phải hoàn toàn chịu trách nhiệm về tính chính xác vị trí tài sản, pháp lý tài sản. Nếu có bất kỳ ảnh hưởng nào có thể gây ảnh hưởng đến tính pháp lý của tài sản (tranh chấp, tranh chấp mốc giới, tài sản bị lấn chiếm, đã nhận cầ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">m cố, thế chấp hay bất kỳ hình thức nào khác có ảnh hưởng đến việc bảo toàn quyền sở hữu, quyền tự do chuyển nhượng tài sản, bị xâm lấn diện tích hoặc thay đổi hiện trạng kỹ thuật của tài sản… (nếu có), Bên C phải chủ động thông báo lại cho Bên B. Trường h</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ợp nếu Bên C không thực hiện chủ động thông báo lại những thay đổi này cho Bên B thì sau thời điểm đã ban hành CT, BCTĐG mà các ảnh hưởng này (nếu có) có ảnh hưởng đến giá trị TSTĐG tại thời điểm thẩm định giá thì các ảnh hưởng này thuộc trách nhiệm Bên A.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Bên A cam kết trong suốt quá trình thẩm định giá chỉ thực hiện thanh toán phần phí thẩm định giá đã được nêu tại Đ</w:t>
+        <w:t xml:space="preserve">Bên C cam kết trong suốt quá trình thẩm định giá chỉ thực hiện thanh toán phần phí thẩm định giá đã được nêu tại Đ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">iều</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG và PLHĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nếu có) trực tiếp vào tài khoản của Bên B đã được ghi tại Điều 4 của </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">này. Mọi khoản chi phí mà Bên A thực hiện thanh toán cho cá nhân của Bên B hoặc cá nhân không phải do bên B chỉ định thu hộ (nếu có) mà có chi phối đến tính độc lập, khách quan của các thành viên có liên quan của Bê</w:t>
+        <w:t xml:space="preserve">này. Mọi khoản chi phí mà Bên C thực hiện thanh toán cho cá nhân của Bên B hoặc cá nhân không phải do bên B chỉ định thu hộ (nếu có) mà có chi phối đến tính độc lập, khách quan của các thành viên có liên quan của Bê</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">n B thực hiện các khâu của quá trình thẩm định giá mà gây ảnh hưởng đến kết quả thẩm định giá, làm sai lệch kết quả thẩm định giá (nếu có) thì mọi trách nhiệm có liên quan (bao gồm cả trách nhiệm pháp lý, trách nhiệm về nghĩa vụ kinh tế, tài chính (nếu có)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> đến kết quả thẩm định giá thuộc về Bên A và các thành viên bị chi phối tính độc lập, khách quan.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -5904,50 +7009,55 @@
         <w:t xml:space="preserve"> mà bên Bên B đã thực hiện cung cấp và ban hành cho Bên A theo thỏa thuận tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Nếu Bên A không thực hiện đọc, hiểu rõ và yêu cầu Bên B giải trình (nếu có) thì mọi trách nhiệm cuối cùng thuộc về Bên A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Sử dụng </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -5978,50 +7088,55 @@
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">và </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">các v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ăn bản thẩm định giá. Nếu bên A sử dụng kết quả thẩm định giá sai mục đích thì phải chịu hoàn toàn trách nhiệm trước pháp luật.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Trong trường hợp Bên A cố ý sử dụng chứng thư sai mục đích đã được quy định tại HĐDVTĐG và </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -6034,132 +7149,147 @@
         <w:t xml:space="preserve">ộ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ng này gây phương hại đến uy tín, danh dự của Bên B, thì Bên A phải thực hiện bồi thường cho Bên B những tổn hại này theo quy định của pháp luật</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hiện hành</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nếu có)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ên B phát hành không có giá trị thay thế cho bất kỳ loại giấy chứng nhận quyền sở hữu tài sản nào.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chịu trách nhiệm về việc thanh toán phí dịch vụ thẩm định giá cho Bên B theo quy định tại Điều 4 của </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này (kể cả trường hợp không sử dụng kết quả thẩm định). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Được Bên B cung cấp 02 bộ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -6214,120 +7344,137 @@
         <w:t xml:space="preserve">CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hoặc bản dịch ra các thứ tiếng ngoài tiếng Việt sẽ được hai bên thống nhất tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">PLHĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> khác (nếu có).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2.     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Quyền và t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">rách nhiệm của Bên B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thực hiện việc thẩm định giá theo đề nghị Bên A đảm bảo tính khách quan, độc lập, chuyên nghiệp, thận trọng theo đúng các quy trình chuyên môn và quy định của pháp luật.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Sau ngày thẩm định giá mọi thay đổi xảy ra trái với giả định, giả thiết đặc biệt hoặc thay đổi về thị trường, hệ thống pháp lý, chính trị hoặc có các tác động tới nhân viên của Bên B bởi các bên liên quan có chủ ý không trung thực (cố ý</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -6358,128 +7505,148 @@
         <w:t xml:space="preserve">TSTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> giá được ước tính</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> thì</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> không thuộc phạm vi trách nhiệm của Bên B.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bảo đảm bí mật các thông tin tài liệu, hồ sơ liên quan đến dự án thẩm định do Bên A cung cấp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cấp cho Bên A 02 bản chính Chứng thư thẩm định giá.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chịu trách nhiệm pháp lý về giá trị của số lượng tài sản được thẩm định và số lượng văn bản ban hành về kết quả thẩm định.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Được nhận đầy đủ các khoản phí theo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -6498,104 +7665,114 @@
         <w:t xml:space="preserve">và các </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">PL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nếu có).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Các trường hợp Bên B được</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> quyền</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> đơn phương thu hồi CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, hủy CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="819"/>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A không hoàn thành nghĩa vụ thanh toán hoặc chỉ hoàn thành tạm ứng hoặc thanh toán một phần theo quy định tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG và các PLHĐDVTĐG (nếu có). Trong trường hợp này, hợp đồng sẽ tự động hủy vô điều kiện và </w:t>
       </w:r>
       <w:r>
@@ -6605,253 +7782,290 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG và các văn bản </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> kèm theo sẽ tự động hủy vô kiều kiện và không có giá trị pháp lý mà không cần sự chấp thuận của Bên A bằng văn bản hoặc bất kỳ hình thức nào khác.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="819"/>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Phát hiện Bên A sử dụng </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG sai mục đích tại bất kỳ thời điểm nào sau khi được Bên B </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ký, đóng dấu ban</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hành.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="819"/>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B phát hiện các hành vi cố ý của các bên liên quan ảnh hưởng đến tính độc lập, chính trực, khách quan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Thanh toán ph</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">í thẩm định giá ngoài HĐDVTĐG và các PLHĐDVTĐG (nếu có) cho các bên liên quan mà không được sự chấp nhận của Bên A bằng văn bản; cố ý cung cấp sai lệnh thông tin khảo sát thực trạng tài sản thẩm định giá; cung cấp hồ sơ pháp lý, kỹ thuật không trung thực) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">cố ý chi phối làm sai lệch nghiêm trọng kết quả thẩm định giá.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="819"/>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Các trường hợp khác theo quy định của luật giá và các văn bản pháp luật khác có liên quan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="819"/>
+        <w:pStyle w:val="1000"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B có quyền không hoàn lại bất kỳ khoản phí nào cho Bên A và các bên liên quan nếu CT, BCTĐG thuộc các trường hợp Bên B được đơn phương thu hồi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, thông báo hủy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU 6: ĐIỀU KHOẢN THI HÀNH</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6866,126 +8080,136 @@
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này. Mọi thay đổi, bổ sung nội dung của </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này phải được hai bên cùng thống nhất bằng văn bản.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Trong quá trình thực hiện </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">nếu có vướng mắc hoặc có tranh chấp hai bên cùng nhau bàn </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">bạc thương lượng để giải quyết trên tinh thần hợp tác. Nếu không thể thương lượng, hòa giải được, hai bên thống nhất đưa vụ việc ra giải quyết tại Tòa án nhân dân cấp có thẩm quyền. Quyết định của Toà án là quyết định cuối cùng buộc hai bên phải thực hiện.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này có hiệu lực kể từ ngày ký và được lập </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:t xml:space="preserve">có 07 (bảy) trang và in làm</w:t>
+        <w:t xml:space="preserve">có 06 (sáu) trang và in làm</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">04</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">bốn</w:t>
       </w:r>
@@ -7002,50 +8226,55 @@
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">hai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">) bản bên B giữ 2 (hai) bản có giá trị pháp lý như nhau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -7070,4474 +8299,735 @@
         <w:t xml:space="preserve"> bởi hai bên tùy theo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">n</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">hu cầu và điều kiện thực tế</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="927"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:spacing w:val="-4"/>
+        </w:rPr>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
+        <w:gridCol w:w="4894"/>
         <w:gridCol w:w="4894"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
-            <w:tcW w:w="2498" w:type="pct"/>
+            <w:tcW w:w="4887" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ĐẠI DIỆN BÊN A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="4894" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ĐẠI DIỆN BÊN C</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-          </w:p>
-[...55 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-            <w:r>
-[...88 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="4894" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ĐẠI DIỆN BÊN B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
-            <w:tcW w:w="2498" w:type="pct"/>
+            <w:tcW w:w="4887" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
-            <w:tcW w:w="2502" w:type="pct"/>
+            <w:tcW w:w="4894" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
-          </w:p>
-[...2475 lines deleted...]
-            </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...816 lines deleted...]
-          <w:tcPr>
             <w:tcBorders/>
-            <w:tcW w:w="2498" w:type="pct"/>
+            <w:tcW w:w="4894" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pBdr/>
-              <w:spacing w:line="312" w:lineRule="auto"/>
+              <w:spacing/>
               <w:ind/>
-              <w:jc w:val="center"/>
-[...27 lines deleted...]
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p>
-[...405 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
-        <w:rPr>
-[...18 lines deleted...]
-        <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...68 lines deleted...]
-        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footnotePr/>
       <w:endnotePr/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:h="16834" w:orient="portrait" w:w="11909"/>
       <w:pgMar w:top="993" w:right="710" w:bottom="567" w:left="1418" w:header="720" w:footer="398" w:gutter="0"/>
       <w:cols w:num="1" w:sep="0" w:space="720" w:equalWidth="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -11552,89 +9042,89 @@
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05010000000000000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05010000000000000000"/>
-  </w:font>
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:panose1 w:val="02070409020205020404"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:panose1 w:val="02020603020101020101"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:panose1 w:val="02020603020101020101"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
   </w:font>
   <w:font w:name=".VnTime">
     <w:panose1 w:val="020B0603030804020204"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="806"/>
+      <w:pStyle w:val="987"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
@@ -11648,105 +9138,117 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:t xml:space="preserve">3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+      </w:rPr>
+    </w:r>
   </w:p>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="806"/>
+      <w:pStyle w:val="987"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:right="360"/>
       <w:rPr/>
     </w:pPr>
     <w:r/>
     <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="806"/>
+      <w:pStyle w:val="987"/>
       <w:framePr w:hAnchor="margin" w:vAnchor="text" w:wrap="around" w:xAlign="right" w:y="1"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
       <w:rPr>
-        <w:rStyle w:val="808"/>
+        <w:rStyle w:val="989"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="808"/>
+        <w:rStyle w:val="989"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="808"/>
+        <w:rStyle w:val="989"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="808"/>
+        <w:rStyle w:val="989"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="808"/>
+        <w:rStyle w:val="989"/>
+      </w:rPr>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rStyle w:val="989"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="806"/>
+      <w:pStyle w:val="987"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:right="360"/>
       <w:rPr/>
     </w:pPr>
     <w:r/>
     <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
       <w:r/>
@@ -16963,53 +14465,53 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="table" w:styleId="13">
+  <w:style w:type="table" w:styleId="805">
     <w:name w:val="Table Grid Light"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
@@ -17162,53 +14664,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="14">
+  <w:style w:type="table" w:styleId="806">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
@@ -17387,53 +14889,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="15">
+  <w:style w:type="table" w:styleId="807">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
@@ -17620,53 +15122,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="16">
+  <w:style w:type="table" w:styleId="808">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
@@ -17850,53 +15352,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="17">
+  <w:style w:type="table" w:styleId="809">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
@@ -18066,53 +15568,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="18">
+  <w:style w:type="table" w:styleId="810">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
@@ -18299,53 +15801,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="19">
+  <w:style w:type="table" w:styleId="811">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -18522,53 +16024,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="20">
+  <w:style w:type="table" w:styleId="812">
     <w:name w:val="Grid Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -18745,53 +16247,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="21">
+  <w:style w:type="table" w:styleId="813">
     <w:name w:val="Grid Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -18968,53 +16470,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="22">
+  <w:style w:type="table" w:styleId="814">
     <w:name w:val="Grid Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -19191,53 +16693,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="23">
+  <w:style w:type="table" w:styleId="815">
     <w:name w:val="Grid Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -19414,53 +16916,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="24">
+  <w:style w:type="table" w:styleId="816">
     <w:name w:val="Grid Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -19637,53 +17139,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="25">
+  <w:style w:type="table" w:styleId="817">
     <w:name w:val="Grid Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -19860,53 +17362,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="26">
+  <w:style w:type="table" w:styleId="818">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -20092,53 +17594,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="27">
+  <w:style w:type="table" w:styleId="819">
     <w:name w:val="Grid Table 2 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -20324,53 +17826,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="28">
+  <w:style w:type="table" w:styleId="820">
     <w:name w:val="Grid Table 2 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -20556,53 +18058,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="29">
+  <w:style w:type="table" w:styleId="821">
     <w:name w:val="Grid Table 2 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -20788,53 +18290,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="30">
+  <w:style w:type="table" w:styleId="822">
     <w:name w:val="Grid Table 2 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21020,53 +18522,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="31">
+  <w:style w:type="table" w:styleId="823">
     <w:name w:val="Grid Table 2 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21252,53 +18754,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="32">
+  <w:style w:type="table" w:styleId="824">
     <w:name w:val="Grid Table 2 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21484,53 +18986,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="33">
+  <w:style w:type="table" w:styleId="825">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21585,128 +19087,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -21729,53 +19231,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="34">
+  <w:style w:type="table" w:styleId="826">
     <w:name w:val="Grid Table 3 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21830,128 +19332,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -21974,53 +19476,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="35">
+  <w:style w:type="table" w:styleId="827">
     <w:name w:val="Grid Table 3 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22075,128 +19577,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -22219,53 +19721,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="36">
+  <w:style w:type="table" w:styleId="828">
     <w:name w:val="Grid Table 3 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22320,128 +19822,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -22464,53 +19966,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="37">
+  <w:style w:type="table" w:styleId="829">
     <w:name w:val="Grid Table 3 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22565,128 +20067,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -22709,53 +20211,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="38">
+  <w:style w:type="table" w:styleId="830">
     <w:name w:val="Grid Table 3 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22810,128 +20312,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -22954,53 +20456,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="39">
+  <w:style w:type="table" w:styleId="831">
     <w:name w:val="Grid Table 3 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -23055,128 +20557,128 @@
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
-[...21 lines deleted...]
-      <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
-    <w:tblStylePr w:type="lastCol">
-[...22 lines deleted...]
-    <w:tblStylePr w:type="lastRow">
+    <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
@@ -23199,53 +20701,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="40">
+  <w:style w:type="table" w:styleId="832">
     <w:name w:val="Grid Table 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -23432,53 +20934,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="41">
+  <w:style w:type="table" w:styleId="833">
     <w:name w:val="Grid Table 4 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -23665,53 +21167,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="42">
+  <w:style w:type="table" w:styleId="834">
     <w:name w:val="Grid Table 4 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -23898,53 +21400,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="43">
+  <w:style w:type="table" w:styleId="835">
     <w:name w:val="Grid Table 4 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -24131,53 +21633,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="44">
+  <w:style w:type="table" w:styleId="836">
     <w:name w:val="Grid Table 4 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -24364,53 +21866,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="45">
+  <w:style w:type="table" w:styleId="837">
     <w:name w:val="Grid Table 4 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -24597,53 +22099,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="46">
+  <w:style w:type="table" w:styleId="838">
     <w:name w:val="Grid Table 4 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -24830,53 +22332,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="47">
+  <w:style w:type="table" w:styleId="839">
     <w:name w:val="Grid Table 5 Dark"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -25058,53 +22560,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="48">
+  <w:style w:type="table" w:styleId="840">
     <w:name w:val="Grid Table 5 Dark- Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -25286,53 +22788,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="49">
+  <w:style w:type="table" w:styleId="841">
     <w:name w:val="Grid Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -25514,53 +23016,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="50">
+  <w:style w:type="table" w:styleId="842">
     <w:name w:val="Grid Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -25742,53 +23244,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="51">
+  <w:style w:type="table" w:styleId="843">
     <w:name w:val="Grid Table 5 Dark- Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -25970,53 +23472,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="52">
+  <w:style w:type="table" w:styleId="844">
     <w:name w:val="Grid Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -26198,53 +23700,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="53">
+  <w:style w:type="table" w:styleId="845">
     <w:name w:val="Grid Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -26426,53 +23928,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="54">
+  <w:style w:type="table" w:styleId="846">
     <w:name w:val="Grid Table 6 Colorful"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -26656,53 +24158,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="55">
+  <w:style w:type="table" w:styleId="847">
     <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -26886,53 +24388,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="56">
+  <w:style w:type="table" w:styleId="848">
     <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -27116,53 +24618,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="57">
+  <w:style w:type="table" w:styleId="849">
     <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -27346,53 +24848,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="58">
+  <w:style w:type="table" w:styleId="850">
     <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -27576,53 +25078,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="59">
+  <w:style w:type="table" w:styleId="851">
     <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -27806,53 +25308,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="60">
+  <w:style w:type="table" w:styleId="852">
     <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -28036,53 +25538,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="61">
+  <w:style w:type="table" w:styleId="853">
     <w:name w:val="Grid Table 7 Colorful"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -28140,131 +25642,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -28290,53 +25792,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="62">
+  <w:style w:type="table" w:styleId="854">
     <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -28394,131 +25896,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -28544,53 +26046,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="63">
+  <w:style w:type="table" w:styleId="855">
     <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -28648,131 +26150,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -28798,53 +26300,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="64">
+  <w:style w:type="table" w:styleId="856">
     <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -28902,131 +26404,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -29052,53 +26554,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="65">
+  <w:style w:type="table" w:styleId="857">
     <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -29156,131 +26658,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -29306,53 +26808,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="66">
+  <w:style w:type="table" w:styleId="858">
     <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -29410,131 +26912,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -29560,53 +27062,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="67">
+  <w:style w:type="table" w:styleId="859">
     <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -29664,131 +27166,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -29814,53 +27316,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="68">
+  <w:style w:type="table" w:styleId="860">
     <w:name w:val="List Table 1 Light"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -30030,53 +27532,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="69">
+  <w:style w:type="table" w:styleId="861">
     <w:name w:val="List Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -30246,53 +27748,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="70">
+  <w:style w:type="table" w:styleId="862">
     <w:name w:val="List Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -30462,53 +27964,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="71">
+  <w:style w:type="table" w:styleId="863">
     <w:name w:val="List Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -30678,53 +28180,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="72">
+  <w:style w:type="table" w:styleId="864">
     <w:name w:val="List Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -30894,53 +28396,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="73">
+  <w:style w:type="table" w:styleId="865">
     <w:name w:val="List Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -31110,53 +28612,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="74">
+  <w:style w:type="table" w:styleId="866">
     <w:name w:val="List Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -31326,53 +28828,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="75">
+  <w:style w:type="table" w:styleId="867">
     <w:name w:val="List Table 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -31564,53 +29066,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="76">
+  <w:style w:type="table" w:styleId="868">
     <w:name w:val="List Table 2 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -31802,53 +29304,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="77">
+  <w:style w:type="table" w:styleId="869">
     <w:name w:val="List Table 2 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -32040,53 +29542,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="78">
+  <w:style w:type="table" w:styleId="870">
     <w:name w:val="List Table 2 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -32278,53 +29780,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="79">
+  <w:style w:type="table" w:styleId="871">
     <w:name w:val="List Table 2 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -32516,53 +30018,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="80">
+  <w:style w:type="table" w:styleId="872">
     <w:name w:val="List Table 2 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -32754,53 +30256,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="81">
+  <w:style w:type="table" w:styleId="873">
     <w:name w:val="List Table 2 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -32992,53 +30494,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="82">
+  <w:style w:type="table" w:styleId="874">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -33220,53 +30722,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="83">
+  <w:style w:type="table" w:styleId="875">
     <w:name w:val="List Table 3 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -33448,53 +30950,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="84">
+  <w:style w:type="table" w:styleId="876">
     <w:name w:val="List Table 3 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -33676,53 +31178,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="85">
+  <w:style w:type="table" w:styleId="877">
     <w:name w:val="List Table 3 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -33904,53 +31406,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="86">
+  <w:style w:type="table" w:styleId="878">
     <w:name w:val="List Table 3 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -34132,53 +31634,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="87">
+  <w:style w:type="table" w:styleId="879">
     <w:name w:val="List Table 3 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -34360,53 +31862,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="88">
+  <w:style w:type="table" w:styleId="880">
     <w:name w:val="List Table 3 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -34588,53 +32090,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="89">
+  <w:style w:type="table" w:styleId="881">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -34813,53 +32315,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="90">
+  <w:style w:type="table" w:styleId="882">
     <w:name w:val="List Table 4 - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -35038,53 +32540,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="91">
+  <w:style w:type="table" w:styleId="883">
     <w:name w:val="List Table 4 - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -35263,53 +32765,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="92">
+  <w:style w:type="table" w:styleId="884">
     <w:name w:val="List Table 4 - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -35488,53 +32990,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="93">
+  <w:style w:type="table" w:styleId="885">
     <w:name w:val="List Table 4 - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -35713,53 +33215,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="94">
+  <w:style w:type="table" w:styleId="886">
     <w:name w:val="List Table 4 - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -35938,53 +33440,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="95">
+  <w:style w:type="table" w:styleId="887">
     <w:name w:val="List Table 4 - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -36163,53 +33665,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="96">
+  <w:style w:type="table" w:styleId="888">
     <w:name w:val="List Table 5 Dark"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -36405,53 +33907,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="97">
+  <w:style w:type="table" w:styleId="889">
     <w:name w:val="List Table 5 Dark - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -36647,53 +34149,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="98">
+  <w:style w:type="table" w:styleId="890">
     <w:name w:val="List Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -36889,53 +34391,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="99">
+  <w:style w:type="table" w:styleId="891">
     <w:name w:val="List Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -37131,53 +34633,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="100">
+  <w:style w:type="table" w:styleId="892">
     <w:name w:val="List Table 5 Dark - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -37373,53 +34875,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="101">
+  <w:style w:type="table" w:styleId="893">
     <w:name w:val="List Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eaadb" w:themeFill="accent5" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -37615,53 +35117,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="102">
+  <w:style w:type="table" w:styleId="894">
     <w:name w:val="List Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="a9d18f" w:themeFill="accent6" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -37857,53 +35359,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="103">
+  <w:style w:type="table" w:styleId="895">
     <w:name w:val="List Table 6 Colorful"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -38080,53 +35582,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="104">
+  <w:style w:type="table" w:styleId="896">
     <w:name w:val="List Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -38303,53 +35805,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="105">
+  <w:style w:type="table" w:styleId="897">
     <w:name w:val="List Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -38526,53 +36028,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="106">
+  <w:style w:type="table" w:styleId="898">
     <w:name w:val="List Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -38749,53 +36251,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="107">
+  <w:style w:type="table" w:styleId="899">
     <w:name w:val="List Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -38972,53 +36474,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="108">
+  <w:style w:type="table" w:styleId="900">
     <w:name w:val="List Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -39195,53 +36697,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="109">
+  <w:style w:type="table" w:styleId="901">
     <w:name w:val="List Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -39418,53 +36920,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="110">
+  <w:style w:type="table" w:styleId="902">
     <w:name w:val="List Table 7 Colorful"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -39519,131 +37021,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -39674,53 +37176,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="111">
+  <w:style w:type="table" w:styleId="903">
     <w:name w:val="List Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -39775,131 +37277,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -39930,53 +37432,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="112">
+  <w:style w:type="table" w:styleId="904">
     <w:name w:val="List Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -40031,131 +37533,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -40186,53 +37688,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="113">
+  <w:style w:type="table" w:styleId="905">
     <w:name w:val="List Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -40287,131 +37789,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -40442,53 +37944,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="114">
+  <w:style w:type="table" w:styleId="906">
     <w:name w:val="List Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -40543,131 +38045,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -40698,53 +38200,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="115">
+  <w:style w:type="table" w:styleId="907">
     <w:name w:val="List Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -40799,131 +38301,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -40954,53 +38456,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="116">
+  <w:style w:type="table" w:styleId="908">
     <w:name w:val="List Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -41055,131 +38557,131 @@
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-[...1 lines deleted...]
-          <w:bottom w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
-          <w:left w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:right w:val="none"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
-        <w:shd w:color="ffffff"/>
+        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
-          <w:top w:val="none"/>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:bottom w:val="none"/>
-          <w:right w:val="none"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
-          <w:left w:val="none"/>
-[...1 lines deleted...]
-          <w:right w:val="none"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
@@ -41210,53 +38712,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="117">
+  <w:style w:type="table" w:styleId="909">
     <w:name w:val="Lined - Accent"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -41447,53 +38949,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="118">
+  <w:style w:type="table" w:styleId="910">
     <w:name w:val="Lined - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -41684,53 +39186,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="119">
+  <w:style w:type="table" w:styleId="911">
     <w:name w:val="Lined - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -41921,53 +39423,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="120">
+  <w:style w:type="table" w:styleId="912">
     <w:name w:val="Lined - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -42158,53 +39660,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="121">
+  <w:style w:type="table" w:styleId="913">
     <w:name w:val="Lined - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -42395,53 +39897,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="122">
+  <w:style w:type="table" w:styleId="914">
     <w:name w:val="Lined - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -42632,53 +40134,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="123">
+  <w:style w:type="table" w:styleId="915">
     <w:name w:val="Lined - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -42869,53 +40371,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="124">
+  <w:style w:type="table" w:styleId="916">
     <w:name w:val="Bordered &amp; Lined - Accent"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -43113,53 +40615,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="125">
+  <w:style w:type="table" w:styleId="917">
     <w:name w:val="Bordered &amp; Lined - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -43357,53 +40859,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="126">
+  <w:style w:type="table" w:styleId="918">
     <w:name w:val="Bordered &amp; Lined - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -43601,53 +41103,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="127">
+  <w:style w:type="table" w:styleId="919">
     <w:name w:val="Bordered &amp; Lined - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -43845,53 +41347,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="128">
+  <w:style w:type="table" w:styleId="920">
     <w:name w:val="Bordered &amp; Lined - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -44089,53 +41591,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="129">
+  <w:style w:type="table" w:styleId="921">
     <w:name w:val="Bordered &amp; Lined - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -44333,53 +41835,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="130">
+  <w:style w:type="table" w:styleId="922">
     <w:name w:val="Bordered &amp; Lined - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -44577,53 +42079,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="131">
+  <w:style w:type="table" w:styleId="923">
     <w:name w:val="Bordered"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -44808,53 +42310,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="132">
+  <w:style w:type="table" w:styleId="924">
     <w:name w:val="Bordered - Accent 1"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -45039,53 +42541,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="133">
+  <w:style w:type="table" w:styleId="925">
     <w:name w:val="Bordered - Accent 2"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -45270,53 +42772,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="134">
+  <w:style w:type="table" w:styleId="926">
     <w:name w:val="Bordered - Accent 3"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -45501,53 +43003,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="135">
+  <w:style w:type="table" w:styleId="927">
     <w:name w:val="Bordered - Accent 4"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -45732,53 +43234,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="136">
+  <w:style w:type="table" w:styleId="928">
     <w:name w:val="Bordered - Accent 5"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -45963,53 +43465,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="137">
+  <w:style w:type="table" w:styleId="929">
     <w:name w:val="Bordered - Accent 6"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -46194,959 +43696,959 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="139">
+  <w:style w:type="paragraph" w:styleId="930">
     <w:name w:val="Heading 1"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="150"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="939"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="80" w:before="360"/>
       <w:ind/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="140">
+  <w:style w:type="paragraph" w:styleId="931">
     <w:name w:val="Heading 2"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="151"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="940"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="80" w:before="160"/>
       <w:ind/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="141">
+  <w:style w:type="paragraph" w:styleId="932">
     <w:name w:val="Heading 3"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="152"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="941"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="80" w:before="160"/>
       <w:ind/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="142">
+  <w:style w:type="paragraph" w:styleId="933">
     <w:name w:val="Heading 4"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="153"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="942"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="40" w:before="80"/>
       <w:ind/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="143">
+  <w:style w:type="paragraph" w:styleId="934">
     <w:name w:val="Heading 5"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="154"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="943"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="40" w:before="80"/>
       <w:ind/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="144">
+  <w:style w:type="paragraph" w:styleId="935">
     <w:name w:val="Heading 6"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="155"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="944"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0" w:before="40"/>
       <w:ind/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="145">
+  <w:style w:type="paragraph" w:styleId="936">
     <w:name w:val="Heading 7"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="156"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="945"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0" w:before="40"/>
       <w:ind/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="146">
+  <w:style w:type="paragraph" w:styleId="937">
     <w:name w:val="Heading 8"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="157"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="946"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0"/>
       <w:ind/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="147">
+  <w:style w:type="paragraph" w:styleId="938">
     <w:name w:val="Heading 9"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="158"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="947"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0"/>
       <w:ind/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="150">
+  <w:style w:type="character" w:styleId="939">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="139"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="930"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="151">
+  <w:style w:type="character" w:styleId="940">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="140"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="931"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="152">
+  <w:style w:type="character" w:styleId="941">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="141"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="932"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="153">
+  <w:style w:type="character" w:styleId="942">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="142"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="933"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="154">
+  <w:style w:type="character" w:styleId="943">
     <w:name w:val="Heading 5 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="143"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="934"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="155">
+  <w:style w:type="character" w:styleId="944">
     <w:name w:val="Heading 6 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="144"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="935"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="156">
+  <w:style w:type="character" w:styleId="945">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="145"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="936"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="157">
+  <w:style w:type="character" w:styleId="946">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="146"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="937"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="158">
+  <w:style w:type="character" w:styleId="947">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="147"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="938"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="159">
+  <w:style w:type="paragraph" w:styleId="948">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="160"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="949"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:ind/>
       <w:contextualSpacing w:val="true"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="160">
+  <w:style w:type="character" w:styleId="949">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="159"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="948"/>
     <w:uiPriority w:val="10"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="161">
+  <w:style w:type="paragraph" w:styleId="950">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="162"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="951"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="162">
+  <w:style w:type="character" w:styleId="951">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="161"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="950"/>
     <w:uiPriority w:val="11"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="163">
+  <w:style w:type="paragraph" w:styleId="952">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="164"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="953"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="160"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="164">
+  <w:style w:type="character" w:styleId="953">
     <w:name w:val="Quote Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="163"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="952"/>
     <w:uiPriority w:val="29"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="166">
+  <w:style w:type="character" w:styleId="954">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="167">
+  <w:style w:type="paragraph" w:styleId="955">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="802"/>
-[...1 lines deleted...]
-    <w:link w:val="168"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
+    <w:link w:val="956"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:after="360" w:before="360"/>
       <w:ind w:right="864" w:left="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="168">
+  <w:style w:type="character" w:styleId="956">
     <w:name w:val="Intense Quote Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="167"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="955"/>
     <w:uiPriority w:val="30"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="169">
+  <w:style w:type="character" w:styleId="957">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="170">
+  <w:style w:type="paragraph" w:styleId="958">
     <w:name w:val="No Spacing"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="171">
+  <w:style w:type="character" w:styleId="959">
     <w:name w:val="Subtle Emphasis"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="172">
+  <w:style w:type="character" w:styleId="960">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="173">
+  <w:style w:type="character" w:styleId="961">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="174">
+  <w:style w:type="character" w:styleId="962">
     <w:name w:val="Subtle Reference"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="5a5a5a" w:themeColor="text1" w:themeTint="A5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="175">
+  <w:style w:type="character" w:styleId="963">
     <w:name w:val="Book Title"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="180">
+  <w:style w:type="paragraph" w:styleId="964">
     <w:name w:val="Caption"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0e2841" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="181">
+  <w:style w:type="paragraph" w:styleId="965">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="182"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="966"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="182">
+  <w:style w:type="character" w:styleId="966">
     <w:name w:val="Footnote Text Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="181"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="965"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="183">
+  <w:style w:type="character" w:styleId="967">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="184">
+  <w:style w:type="paragraph" w:styleId="968">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="185"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="969"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="185">
+  <w:style w:type="character" w:styleId="969">
     <w:name w:val="Endnote Text Char"/>
-    <w:basedOn w:val="803"/>
-    <w:link w:val="184"/>
+    <w:basedOn w:val="984"/>
+    <w:link w:val="968"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="186">
+  <w:style w:type="character" w:styleId="970">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="189">
+  <w:style w:type="paragraph" w:styleId="971">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="190">
+  <w:style w:type="paragraph" w:styleId="972">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="191">
+  <w:style w:type="paragraph" w:styleId="973">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="192">
+  <w:style w:type="paragraph" w:styleId="974">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="660"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="193">
+  <w:style w:type="paragraph" w:styleId="975">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="880"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="194">
+  <w:style w:type="paragraph" w:styleId="976">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="195">
+  <w:style w:type="paragraph" w:styleId="977">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1320"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="196">
+  <w:style w:type="paragraph" w:styleId="978">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1540"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="197">
+  <w:style w:type="paragraph" w:styleId="979">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1760"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="198">
+  <w:style w:type="character" w:styleId="980">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="208">
+  <w:style w:type="paragraph" w:styleId="981">
     <w:name w:val="TOC Heading"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="209">
+  <w:style w:type="paragraph" w:styleId="982">
     <w:name w:val="table of figures"/>
-    <w:basedOn w:val="802"/>
-    <w:next w:val="802"/>
+    <w:basedOn w:val="983"/>
+    <w:next w:val="983"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:afterAutospacing="0"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="802" w:default="1">
+  <w:style w:type="paragraph" w:styleId="983" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="803" w:default="1">
+  <w:style w:type="character" w:styleId="984" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="804" w:default="1">
+  <w:style w:type="table" w:styleId="985" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
@@ -47295,189 +44797,189 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="805" w:default="1">
+  <w:style w:type="numbering" w:styleId="986" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="806">
+  <w:style w:type="paragraph" w:styleId="987">
     <w:name w:val="Footer"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="807"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="988"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="807" w:customStyle="1">
+  <w:style w:type="character" w:styleId="988" w:customStyle="1">
     <w:name w:val="Footer Char"/>
-    <w:link w:val="806"/>
+    <w:link w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="808">
+  <w:style w:type="character" w:styleId="989">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="803"/>
+    <w:basedOn w:val="984"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="809" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="990" w:customStyle="1">
     <w:name w:val="Char"/>
-    <w:basedOn w:val="810"/>
+    <w:basedOn w:val="991"/>
     <w:pPr>
       <w:widowControl w:val="false"/>
       <w:pBdr/>
       <w:tabs>
         <w:tab w:val="left" w:leader="none" w:pos="1114"/>
       </w:tabs>
       <w:spacing w:before="120" w:line="436" w:lineRule="exact"/>
       <w:ind w:right="-56" w:firstLine="1" w:left="357"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="810">
+  <w:style w:type="paragraph" w:styleId="991">
     <w:name w:val="Document Map"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="811">
+  <w:style w:type="paragraph" w:styleId="992">
     <w:name w:val="Header"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="821"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="1002"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="812">
+  <w:style w:type="character" w:styleId="993">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="0000ff"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="813" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="994" w:customStyle="1">
     <w:name w:val="Char Char Char Char Char Char"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="PMingLiU"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="814">
+  <w:style w:type="table" w:styleId="995">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="804"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
@@ -47622,666 +45124,666 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="815">
+  <w:style w:type="paragraph" w:styleId="996">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="816"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="997"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="816" w:customStyle="1">
+  <w:style w:type="character" w:styleId="997" w:customStyle="1">
     <w:name w:val="Body Text 2 Char"/>
-    <w:link w:val="815"/>
+    <w:link w:val="996"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="817">
+  <w:style w:type="paragraph" w:styleId="998">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="818"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="999"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="818" w:customStyle="1">
+  <w:style w:type="character" w:styleId="999" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
-    <w:link w:val="817"/>
+    <w:link w:val="998"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="819">
+  <w:style w:type="paragraph" w:styleId="1000">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing w:val="true"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="820">
+  <w:style w:type="character" w:styleId="1001">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="954f72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="821" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1002" w:customStyle="1">
     <w:name w:val="Header Char"/>
-    <w:link w:val="811"/>
+    <w:link w:val="992"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="822" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1003" w:customStyle="1">
     <w:name w:val="xl105"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="823" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1004" w:customStyle="1">
     <w:name w:val="xl106"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="824" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1005" w:customStyle="1">
     <w:name w:val="xl107"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="825" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1006" w:customStyle="1">
     <w:name w:val="xl108"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="826" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1007" w:customStyle="1">
     <w:name w:val="xl109"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="827" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1008" w:customStyle="1">
     <w:name w:val="xl110"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="828" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1009" w:customStyle="1">
     <w:name w:val="xl111"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="829" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1010" w:customStyle="1">
     <w:name w:val="xl112"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="830" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1011" w:customStyle="1">
     <w:name w:val="xl113"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="831" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1012" w:customStyle="1">
     <w:name w:val="xl114"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="832" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1013" w:customStyle="1">
     <w:name w:val="xl115"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="833" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1014" w:customStyle="1">
     <w:name w:val="xl116"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="834" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1015" w:customStyle="1">
     <w:name w:val="xl117"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="835" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1016" w:customStyle="1">
     <w:name w:val="xl118"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="836" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1017" w:customStyle="1">
     <w:name w:val="xl119"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="837" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1018" w:customStyle="1">
     <w:name w:val="xl120"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="838" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1019" w:customStyle="1">
     <w:name w:val="xl121"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="839" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1020" w:customStyle="1">
     <w:name w:val="xl122"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="840" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1021" w:customStyle="1">
     <w:name w:val="xl123"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="841" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1022" w:customStyle="1">
     <w:name w:val="xl124"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="842" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1023" w:customStyle="1">
     <w:name w:val="xl125"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="843" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1024" w:customStyle="1">
     <w:name w:val="xl126"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="844" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1025" w:customStyle="1">
     <w:name w:val="xl127"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="845" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1026" w:customStyle="1">
     <w:name w:val="xl128"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="846" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1027" w:customStyle="1">
     <w:name w:val="xl129"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="847" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1028" w:customStyle="1">
     <w:name w:val="xl130"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="848" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1029" w:customStyle="1">
     <w:name w:val="xl131"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="849" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1030" w:customStyle="1">
     <w:name w:val="xl132"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="850" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1031" w:customStyle="1">
     <w:name w:val="xl133"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="851" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1032" w:customStyle="1">
     <w:name w:val="xl134"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="852">
+  <w:style w:type="paragraph" w:styleId="1033">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="802"/>
-    <w:link w:val="853"/>
+    <w:basedOn w:val="983"/>
+    <w:link w:val="1034"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="120"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="853" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1034" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
-    <w:link w:val="852"/>
+    <w:link w:val="1033"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="854" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1035" w:customStyle="1">
     <w:name w:val="normal-h1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:color w:val="0000ff"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="855" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1036" w:customStyle="1">
     <w:name w:val="Preformatted Text"/>
-    <w:basedOn w:val="802"/>
+    <w:basedOn w:val="983"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="false"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Mono" w:hAnsi="Liberation Mono" w:eastAsia="Liberation Mono" w:cs="Liberation Mono"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>