--- v0 (2026-01-24)
+++ v1 (2026-03-26)
@@ -1,214 +1,214 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?> <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"> <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/> <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/> <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblW w:w="9900" w:type="dxa"/>
         <w:tblBorders/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4200"/>
         <w:gridCol w:w="5700"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="898"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders/>
             <w:tcW w:w="9900" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1292C96E" w14:textId="77777777">
+          <w:p>
             <w:pPr>
-              <w:pStyle w:val="996"/>
+              <w:pStyle w:val="998"/>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">CỘNG HOÀ XÃ HỘI CHỦ NGHĨA VIỆT NAM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2446406D" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Độc lập - Tự do – Hạnh phúc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="362269AB" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">-----***-----</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="80"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="4200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6C85E23A" w14:textId="31D826DC">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="8931"/>
               </w:tabs>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-94" w:left="-80"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">S</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -220,51 +220,51 @@
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">275/2026/0021/VFI-HĐTĐ.39.A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="5700" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6744C92C" w14:textId="0846D262">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="120" w:line="288" w:lineRule="auto"/>
               <w:ind w:firstLine="3" w:left="357"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
@@ -282,89 +282,89 @@
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ngày 05 tháng 01 năm 2026</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C741FC5" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="10"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DF3882D" w14:textId="19D0F73F">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">HỢP ĐỒNG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -403,51 +403,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">GIÁ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02BC2EB9" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(V/v: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
@@ -470,265 +470,265 @@
         <w:t xml:space="preserve">tài sản</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="626A40CC" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Luật Dân sự số 91/2015/QH13 ngày 24/11/2015 và các văn bản hướng dẫn thi hành;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013285D9" w14:textId="2144AE20">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Luật Doanh nghiệp số 59/2020/QH14 ngày 17/6/2020; Luật số 76/2025 sửa đổi bổ sung một số điều của Luật Doanh Nghiệp và các văn bản hướng dẫn thi hành</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A45960D" w14:textId="423747D6">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Luật giá số 16/2023/QH15 ngày 19/06/2023 và các văn bản hướng dẫn thi hành; </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16E2C997" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ Nghị định 78/2024/NĐ-CP ngày 01/07/2024 của chính phủ Quy định chi tiết một số điều của Luật giá về thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="155C695E" w14:textId="4A88544F">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="284" w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Căn cứ nhu cầu và khả năng của hai bên.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="390E5DB2" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
@@ -752,138 +752,138 @@
           <w:left w:w="113" w:type="dxa"/>
           <w:right w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblBorders/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1505"/>
         <w:gridCol w:w="270"/>
         <w:gridCol w:w="7951"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="154307E1" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r/>
             <w:bookmarkStart w:id="0" w:name="_Hlk117252695"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">BÊN A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4791F637" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="459F6DA7" w14:textId="3CA5AB44">
+          <w:p>
             <w:pPr>
               <w:keepNext w:val="true"/>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve">CÔNG TY TNHH QUỐC TẾ YUU CHANG VIỆT NAM</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
@@ -893,1207 +893,1207 @@
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-8"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="47B702AD" w14:textId="2153DF2A">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Mã số thuế</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="52EE7299" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="20AF49ED" w14:textId="57D498CE">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">3702592708</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2E6458EB" w14:textId="3E314D93">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Đia chỉ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB40503" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="47313588" w14:textId="5B7D3557">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
               <w:t xml:space="preserve">Một phần lô A7 (Ô A7.2), Đường N3, Khu B, Khu công nghiệp Đất Cuốc, Xã Bắc Tân Uyên, Thành phố Hồ Chí Minh, Việt Nam.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB17B89" w14:textId="53571B71">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Đại diện</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="39DD061F" w14:textId="7436B009">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6F409472" w14:textId="07D7E1B0">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Xiao Zhi Ling</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="27790B25" w14:textId="4FC4A7B3">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Chức vụ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="69AD4C87" w14:textId="0833B5C1">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="385DB8D3" w14:textId="5F250518">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Giám đốc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="637C8633" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3B354000" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="04E50D68" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4A89E7D5" w14:textId="641BA40E">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">BÊN B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="278FB324" w14:textId="0AE0E3C2">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind w:right="-9"/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED840F9" w14:textId="1AB41A9A">
+          <w:p>
             <w:pPr>
               <w:keepNext w:val="true"/>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">CÔNG TY CỔ PHẦN THẨM ĐỊNH VÀ ĐẦU TƯ TÀI CHÍNH HOA SEN</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3C6FA49A" w14:textId="1C6028FA">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Địa chỉ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="220A83CF" w14:textId="0CFF0EFD">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="086F6A34" w14:textId="75FF90A1">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">BT5 - 23, Khu đô thị mới Văn Phú, Phường Kiến Hưng, Thành phố Hà Nội</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-2"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="737E41FF" w14:textId="3DBDC3A7">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Điện thoại</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4DB6D9C2" w14:textId="2451C7D8">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACCC6B5" w14:textId="0B35FF0F">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="3382"/>
               </w:tabs>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">024 2264 4333</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3F8DEAC0" w14:textId="14F8A257">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mã số thuế</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="42739886" w14:textId="2A5FD145">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="67AF1F2C" w14:textId="504218A2">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">0102708994</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
@@ -2102,387 +2102,387 @@
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2D107304" w14:textId="316B56B3">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mã số GCN đủ điều kiện hành nghề</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6B193053" w14:textId="0F717484">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="405FD21E" w14:textId="3939F5BC">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">275/TĐG</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7C642BF7" w14:textId="113472ED">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tài khoản số</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="29F798BF" w14:textId="6F41B261">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1AAB8E29" w14:textId="2FA7B383">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
               </w:rPr>
               <w:t xml:space="preserve">1505112366666 tại Agribank Chi nhánh Hà Nội II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:spacing w:val="-4"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4C06F095" w14:textId="51C5E08D">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Đại diện</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="414862D7" w14:textId="6ABA10C1">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="11049C5D" w14:textId="4ADDD122">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vũ Văn Quân</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
@@ -2491,335 +2491,335 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:lang w:val="vi-VN"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="478CDE15" w14:textId="4FD3EB35">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chức vụ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="02309DC1" w14:textId="0FF33556">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1E20AB97" w14:textId="0051D8FF">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Chủ Tịch HĐQT kiêm Tổng Giám Đốc</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="1505" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="27D125B1" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="270" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1D9FCFDE" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="7951" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="16F645F4" w14:textId="001729ED">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:after="40" w:before="40" w:line="288" w:lineRule="auto"/>
               <w:ind/>
               <w:contextualSpacing w:val="true"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5026A2F4" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75464DC5" w14:textId="50598465">
+    <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Sau khi bàn bạc hai bên cùng thống nhất ký kết </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
@@ -2842,100 +2842,100 @@
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">thẩm định giá với các điều khoản và điều kiện cụ thể sau:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25226452" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:widowControl w:val="false"/>
         <w:pBdr/>
         <w:spacing w:line="288" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:iCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26B804EF" w14:textId="69C72312">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">CÁC TỪ VIẾT TẮT  VÀ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2973,96 +2973,96 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> NÀY</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE4B8DD" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6467621A" w14:textId="2467243A">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3090,145 +3090,145 @@
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> này</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D2B7561" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2AC46D" w14:textId="5693C2E8">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Hợp đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dịch vụ thẩm định giá: “HĐDVTĐG”;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64A0C33E" w14:textId="2D0C1E91">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Phụ lục </w:t>
       </w:r>
       <w:r>
@@ -3244,97 +3244,97 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> dịch vụ thẩm định giá: “PLHĐDVTĐG”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05575C2D" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Tài sản thẩm định giá: “TSTĐG”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C414339" w14:textId="2E99F788">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Biên </w:t>
       </w:r>
       <w:r>
@@ -3368,240 +3368,240 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: “BBKSTS”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DC58BB5" w14:textId="08DAF22A">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Chứng thư thẩm định giá, Báo cáo kết quả thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: “CT, BCTĐG”</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F0F82A" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB6C7AE" w14:textId="062BA812">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Định nghĩa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74BA0ABF" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F743479" w14:textId="3BE88650">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
@@ -3663,92 +3663,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> sung các thoả thuận khác được các bên thống nhất thực hiện và lập thành văn bản ký kết giữa các bên (nếu có).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="580E0A0E" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2DA49DEB" w14:textId="50DD143D">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A</w:t>
       </w:r>
@@ -3776,92 +3776,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">là bên cung cấp dịch vụ thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F4B0A41" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68979582" w14:textId="3279F012">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Phí dịch vụ thẩm định giá</w:t>
       </w:r>
@@ -3878,92 +3878,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A4F9A09" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AD4FDC5" w14:textId="523D8166">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Phụ lục hoặc phụ lục </w:t>
       </w:r>
@@ -4035,92 +4035,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">này.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="581858BD" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:hanging="360" w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39113356" w14:textId="012EC38E">
-[...1 lines deleted...]
-        <w:pStyle w:val="1036"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1038"/>
         <w:numPr>
           <w:ilvl w:val="3"/>
           <w:numId w:val="26"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Thông tin mật</w:t>
       </w:r>
@@ -4155,291 +4155,291 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">này.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4EA26052" w14:textId="77777777">
-[...1 lines deleted...]
-        <w:pStyle w:val="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1002"/>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="336F6B0B" w14:textId="1B107E86">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU 1: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">NỘI DUNG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66425195" w14:textId="5C78317D">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Tài sản thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25316CC7" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Giấy chứng nhận số CO 457630, Số vào sổ cấp GCN CT33558, Nơi cấp Sở Tài nguyên và Môi trường tỉnh Bình Dương, Ngày cấp 11/12/2018, Số thửa 755, Tờ bản đồ 38, Địa chỉ trên sổ KCN </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Đất Cuốc, xã Đất Cuốc, huyện Bắc Tần Uyên, tỉnh Binh Dương | Tài sản tại: hu công nghiệp KSB, Xã Đất Cuốc, Huyện Bắc Tân Uyên, Tỉnh Bình Dương, đường Đường nội bộ KCN, độ rộng đường trước mặt tài sản 12m, mặt tiền 137.96m, 11.107833333333, 106.82955555556</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F3BF146" w14:textId="16D8DC9B">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Nội dung và phạm vi công việc</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49A3DE93" w14:textId="0EA164DB">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A đề nghị và Bên B đồng ý cung cấp dịch vụ thẩm định giá đối với các </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">TSTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> như đã liệt kê tại mục 1 của Điều này theo đúng quy định của pháp luật hiện hành.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E9E8692" w14:textId="516EEA6F">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Việc định giá của Bên B phải được tiến hành độc lập, khách quan, trung thực và tuân thủ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
@@ -4458,97 +4458,97 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> dựa trên các tiêu chuẩn kỹ thuật, tính chất, vị trí, quy mô, thực trạng của tài sản, giá thị trường tại thời điểm định giá.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36EDC98A" w14:textId="23B7820A">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Thời điểm thẩm định giá: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">Tháng 01 năm 2026</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B597DFC" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -4561,88 +4561,88 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">: MỤC ĐÍCH THẨM ĐỊNH GIÁ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="134317FF" w14:textId="2315EFD2">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-2"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Kết quả thẩm định giá để khách hàng tham khảo giá trị tài sản phục vụ công tác  vay vốn tại tổ chức tín dụng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="vi-VN"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FFC5740" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4681,51 +4681,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">DỊCH VỤ THẨM ĐỊNH GIÁ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5EABDBE9" w14:textId="4C8CBBF6">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
@@ -4741,51 +4741,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Thời gian thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02205330" w14:textId="512A04F7">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B tiến hành công việc thẩm định và trả lời kết </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
@@ -4869,51 +4869,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D240E3D" w14:textId="3E4E3612">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
@@ -4975,467 +4975,477 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:jc w:val="center"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2822"/>
         <w:gridCol w:w="296"/>
         <w:gridCol w:w="2113"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="21787220" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="24BF03C7" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4F00AE14" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">VND</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="2291A14B" w14:textId="37CD9864">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Phí thẩm định</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve"> (*)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="47E59249" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4D29E4C4" w14:textId="118D461E">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">6.800.000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6054CB29" w14:textId="6E341EF4">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">VAT </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3002DDCE" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7903EF9D" w14:textId="7893E48A">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">544.000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2822" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="1FFFE722" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tổng cộng:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="296" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="3752CAFC" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5443,86 +5453,95 @@
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2113" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7E41F1E5" w14:textId="452269C2">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">7.344.000</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+              </w:rPr>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3AD8F37E" w14:textId="5C11852B">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(Bằng chữ</w:t>
@@ -5550,97 +5569,97 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">./.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30020B15" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61959818" w14:textId="55CD0995">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">(*) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">Phí dịch vụ trên </w:t>
       </w:r>
       <w:r>
@@ -5648,51 +5667,51 @@
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">chưa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> bao gồm chi phí khảo sát và các phụ phí khác (nếu có)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="596FE418" w14:textId="097ED3F2">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -5720,51 +5739,51 @@
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve">PHƯƠNG THỨC THANH TOÁN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="348E40CA" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Phương thức thanh toán: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
@@ -5778,99 +5797,99 @@
         <w:t xml:space="preserve"> hoặc chuyển khoản</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EE21594" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="706" w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A có trách nhiệm thanh toán 100% phí thẩm định cho Bên </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">B sau khi Bên B phát hành Chứng thư thẩm định và hóa đơn tài chính hợp lệ, trong mọi trường hợp phí dịch vụ phải được thanh toán chậm nhất là không quá 05 (năm) ngày làm việc sau khi Bên B cung cấp Chứng thư thẩm định và hóa đơn tài chính hợp lệ cho Bên A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33B4053C" w14:textId="703240B2">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="706" w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Các khoản tạm ứng thực hiện </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5895,51 +5914,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> của Bên B;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41782CB1" w14:textId="06CDD3D5">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="706" w:left="706"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Mọi khoản phí </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5964,250 +5983,250 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> và các khoản tạm ứng phí (nếu có) được thanh toán vào tài khoản ngân hàng của Bên A theo thông tin sau:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D76F3E3" w14:textId="0833638D">
-[...1 lines deleted...]
-        <w:pStyle w:val="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1002"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Tê</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">n tài khoản: Công ty CP thẩm định và Đầu tư Tài chính Hoa Sen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3770B9AF" w14:textId="674898EF">
-[...1 lines deleted...]
-        <w:pStyle w:val="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1002"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Số tài khoản: 1505112366666</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505F3CEF" w14:textId="09A1B8DE">
-[...1 lines deleted...]
-        <w:pStyle w:val="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1002"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Ngân hàng: Agribank chi nhánh Hà Nội </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">II</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20704130" w14:textId="2B00A5BB">
-[...1 lines deleted...]
-        <w:pStyle w:val="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1002"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve">Mã Citad: 01204035</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="126279DA" w14:textId="77DDBBA9">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU 5: TRÁCH NHIỆM CỦA CÁC BÊN</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66E964AD" w14:textId="371A6D2C">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">5.1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
@@ -6222,94 +6241,94 @@
         <w:t xml:space="preserve">Quyền và </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Trách nhiệm của Bên A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22C841CD" w14:textId="3E30D571">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cung cấp cho bên B đầy đủ hồ sơ kinh tế, kỹ thuật và pháp lý của tài sản. Chịu hoàn toàn trách nhiệm về tính pháp lý của hồ sơ và tính chính xác</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, trung thực</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> của các thông tin đã cung cấp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77912019" w14:textId="4C87DC23">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cử người đại diện liên hệ và giải quyết những khó khăn, vướng mắc phát sinh trong quá trình thẩm định. Tạo điều kiện thuận lợi và cần thiết trong quá trình thu thập thông tin, hồ sơ về dự án thẩm định từ lúc bắt đầu cho đến lúc kết thúc để </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
@@ -6320,51 +6339,51 @@
         <w:t xml:space="preserve">ên B tiến hành việc thẩm định giá có hiệu quả</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, phù hợp quy định pháp luật về thẩm định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EFCB523" w14:textId="1314FECA">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A hoặc người được Bên A cử có trách nhiệm hướng dẫn Bên B thực hiện khảo sát hiện trạng tài sản, đặc tính kỹ thuật</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> của</w:t>
       </w:r>
@@ -6387,51 +6406,51 @@
         <w:t xml:space="preserve"> giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> tại thời điểm khảo sát tài sản</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> và phải chịu trách nhiệm với các hướng dẫn này.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D3D6205" w14:textId="5FD86771">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Có trách nhiệm ký các biên </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">BBKSTS</w:t>
       </w:r>
@@ -6508,94 +6527,94 @@
         <w:t xml:space="preserve">giữa Bên A và Bên B, mọi thông tin được trình bày trên biên </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">BBKSTS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> của Bên B mặc nhiên được coi là đã trình bày phù hợp với thực trạng tài sản được khảo sát tại thời điểm khảo sát tài sản và Bên A phải hoàn toàn chịu trách nhiệm với các thông tin này với vai trò là người hướng dẫn khảo sát.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13A732DC" w14:textId="6FFDC116">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A phải hoàn toàn chịu trách nhiệm về tính chính xác vị trí tài sản, pháp lý tài sản. Nếu có bất kỳ ảnh hưởng nào có thể gây ảnh hưởng đến tính pháp lý của tài sản (tranh chấp, tranh chấp mốc giới, tài sản bị lấn chiếm, đã nhận cầ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">m cố, thế chấp hay bất kỳ hình thức nào khác có ảnh hưởng đến việc bảo toàn quyền sở hữu, quyền tự do chuyển nhượng tài sản, bị xâm lấn diện tích hoặc thay đổi hiện trạng kỹ thuật của tài sản… (nếu có), Bên A phải chủ động thông báo lại cho Bên B. Trường h</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ợp nếu Bên A không thực hiện chủ động thông báo lại những thay đổi này cho Bên B thì sau thời điểm đã ban hành CT, BCTĐG mà các ảnh hưởng này (nếu có) có ảnh hưởng đến giá trị TSTĐG tại thời điểm thẩm định giá thì các ảnh hưởng này thuộc trách nhiệm Bên A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="141C305F" w14:textId="10F88A5C">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A cam kết trong suốt quá trình thẩm định giá chỉ thực hiện thanh toán phần phí thẩm định giá đã được nêu tại Đ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">iều</w:t>
       </w:r>
@@ -6636,51 +6655,51 @@
         <w:t xml:space="preserve">n B thực hiện các khâu của quá trình thẩm định giá mà gây ảnh hưởng đến kết quả thẩm định giá, làm sai lệch kết quả thẩm định giá (nếu có) thì mọi trách nhiệm có liên quan (bao gồm cả trách nhiệm pháp lý, trách nhiệm về nghĩa vụ kinh tế, tài chính (nếu có)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> đến kết quả thẩm định giá thuộc về Bên A và các thành viên bị chi phối tính độc lập, khách quan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77A04B68" w14:textId="64A4F8C5">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Trước khi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> chấp nhận Bên B ban hành </w:t>
       </w:r>
@@ -6793,51 +6812,51 @@
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Nếu Bên A không thực hiện đọc, hiểu rõ và yêu cầu Bên B giải trình (nếu có) thì mọi trách nhiệm cuối cùng thuộc về Bên A.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15895BFE" w14:textId="20419407">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Sử dụng </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG</w:t>
       </w:r>
@@ -6872,192 +6891,192 @@
         <w:t xml:space="preserve">và </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">các v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ăn bản thẩm định giá. Nếu bên A sử dụng kết quả thẩm định giá sai mục đích thì phải chịu hoàn toàn trách nhiệm trước pháp luật.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CBF6F30" w14:textId="54714331">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Trong trường hợp Bên A cố ý sử dụng chứng thư sai mục đích đã được quy định tại HĐDVTĐG và </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG mà các hành đồng này gây phương hại đến uy tín, danh dự của Bên B, thì Bên A phải thực hiện bồi thường cho Bên B những tổn hại này theo quy định của pháp luật</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hiện hành</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nếu có)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="519ACAF5" w14:textId="68BB061B">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ên B phát hành không có giá trị thay thế cho bất kỳ loại giấy chứng nhận quyền sở hữu tài sản nào.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A68EEDF" w14:textId="25BD496D">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chịu trách nhiệm về việc thanh toán phí dịch vụ thẩm định giá cho Bên B theo quy định tại Điều 4 của </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này (kể cả trường hợp không sử dụng kết quả thẩm định). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6BF2E155" w14:textId="1F5AB3B3">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Được Bên B cung cấp 02 bộ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG</w:t>
       </w:r>
@@ -7116,133 +7135,133 @@
         <w:t xml:space="preserve"> hoặc bản dịch ra các thứ tiếng ngoài tiếng Việt sẽ được hai bên thống nhất tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">PLHĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> khác (nếu có).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A0C0FE" w14:textId="3AE9B3D0">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="709" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">5.2.     </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Quyền và t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">rách nhiệm của Bên B</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4018C443" w14:textId="7CCED568">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thực hiện việc thẩm định giá theo đề nghị Bên A đảm bảo tính khách quan, độc lập, chuyên nghiệp, thận trọng theo đúng các quy trình chuyên môn và quy định của pháp luật.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE6A367" w14:textId="693F2BE6">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Sau ngày thẩm định giá mọi thay đổi xảy ra trái với giả định, giả thiết đặc biệt hoặc thay đổi về thị trường, hệ thống pháp lý, chính trị hoặc có các tác động tới nhân viên của Bên B bởi các bên liên quan có chủ ý không trung thực (cố ý</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hướng dẫn khảo sát không đúng vị trí tài sản, hiện trạng kỹ thuật, cung cấp hồ sơ pháp lý thiếu trung thực…)</w:t>
       </w:r>
@@ -7265,144 +7284,144 @@
         <w:t xml:space="preserve"> giá được ước tính</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> thì</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> không thuộc phạm vi trách nhiệm của Bên B.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="112E1F13" w14:textId="4F53338D">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bảo đảm bí mật các thông tin tài liệu, hồ sơ liên quan đến dự án thẩm định do Bên A cung cấp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="316AE27C" w14:textId="45D9B802">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Cấp cho Bên A 02 bản chính Chứng thư thẩm định giá.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C7F8CEE" w14:textId="3E56FDDC">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chịu trách nhiệm pháp lý về giá trị của số lượng tài sản được thẩm định và số lượng văn bản ban hành về kết quả thẩm định.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="227C5069" w14:textId="18A8273E">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Được nhận đầy đủ các khoản phí theo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG</w:t>
       </w:r>
@@ -7425,51 +7444,51 @@
         <w:t xml:space="preserve">PL</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (nếu có).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="621AF072" w14:textId="4DD7BE70">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Các trường hợp Bên B được</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> quyền</w:t>
       </w:r>
@@ -7480,53 +7499,53 @@
         <w:t xml:space="preserve"> đơn phương thu hồi CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, hủy CT, BCTĐG</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="632B4B5C" w14:textId="40A0930D">
-[...1 lines deleted...]
-        <w:pStyle w:val="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1002"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên A không hoàn thành nghĩa vụ thanh toán hoặc chỉ hoàn thành tạm ứng hoặc thanh toán một phần theo quy định tại </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG và các PLHĐDVTĐG (nếu có). Trong trường hợp này, hợp đồng sẽ tự động hủy vô điều kiện và </w:t>
       </w:r>
       <w:r>
@@ -7542,103 +7561,103 @@
         <w:t xml:space="preserve">CT, BCTĐG và các văn bản </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">định giá</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> kèm theo sẽ tự động hủy vô kiều kiện và không có giá trị pháp lý mà không cần sự chấp thuận của Bên A bằng văn bản hoặc bất kỳ hình thức nào khác.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35182FA1" w14:textId="39C301D0">
-[...1 lines deleted...]
-        <w:pStyle w:val="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1002"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Phát hiện Bên A sử dụng </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">CT, BCTĐG sai mục đích tại bất kỳ thời điểm nào sau khi được Bên B </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ký, đóng dấu ban</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> hành.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D74C53A" w14:textId="77803E69">
-[...1 lines deleted...]
-        <w:pStyle w:val="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1002"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B phát hiện các hành vi cố ý của các bên liên quan ảnh hưởng đến tính độc lập, chính trực, khách quan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Thanh toán ph</w:t>
       </w:r>
       <w:r>
@@ -7648,188 +7667,188 @@
         <w:t xml:space="preserve">í thẩm định giá ngoài HĐDVTĐG và các PLHĐDVTĐG (nếu có) cho các bên liên quan mà không được sự chấp nhận của Bên A bằng văn bản; cố ý cung cấp sai lệnh thông tin khảo sát thực trạng tài sản thẩm định giá; cung cấp hồ sơ pháp lý, kỹ thuật không trung thực) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">cố ý chi phối làm sai lệch nghiêm trọng kết quả thẩm định giá.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03FCA4D0" w14:textId="345317D3">
-[...1 lines deleted...]
-        <w:pStyle w:val="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1002"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="33"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Các trường hợp khác theo quy định của luật giá và các văn bản pháp luật khác có liên quan.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18ACF544" w14:textId="688A6CE7">
-[...1 lines deleted...]
-        <w:pStyle w:val="1000"/>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1002"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Bên B có quyền không hoàn lại bất kỳ khoản phí nào cho Bên A và các bên liên quan nếu CT, BCTĐG thuộc các trường hợp Bên B được đơn phương thu hồi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">, thông báo hủy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21C3C2A0" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="744E7726" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">ĐIỀU 6: ĐIỀU KHOẢN THI HÀNH</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="013DF434" w14:textId="523D0113">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Hai bên cam kết tạo điều kiện thuận lợi cho nhau để thực hiện có hiệu quả các điều khoản đã ghi trong </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
@@ -7840,100 +7859,100 @@
         <w:t xml:space="preserve">này. Mọi thay đổi, bổ sung nội dung của </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này phải được hai bên cùng thống nhất bằng văn bản.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CE2B0F" w14:textId="2016B03F">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">Trong quá trình thực hiện </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">nếu có vướng mắc hoặc có tranh chấp hai bên cùng nhau bàn </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">bạc thương lượng để giải quyết trên tinh thần hợp tác. Nếu không thể thương lượng, hòa giải được, hai bên thống nhất đưa vụ việc ra giải quyết tại Tòa án nhân dân cấp có thẩm quyền. Quyết định của Toà án là quyết định cuối cùng buộc hai bên phải thực hiện.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4056B2D2" w14:textId="6DBBA1EB">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này có hiệu lực kể từ ngày ký và được lập </w:t>
       </w:r>
@@ -7992,51 +8011,51 @@
         <w:t xml:space="preserve">hai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">) bản bên B giữ 2 (hai) bản có giá trị pháp lý như nhau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5916F575" w14:textId="157794D1">
+    <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:pBdr/>
         <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
         <w:ind w:hanging="720" w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">HĐDVTĐG </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">này sẽ tự động thanh lý sau khi bên B thanh toán phí thẩm định cho bên A</w:t>
       </w:r>
@@ -8047,5160 +8066,694 @@
         <w:t xml:space="preserve"> hoặc thực hiện ký Biên bản nghiệm thu, thanh lý hợp đồng</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve"> bởi hai bên tùy theo thu cầu và điều kiện thực tế</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D37B2B" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind w:left="927"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblBorders/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4887"/>
         <w:gridCol w:w="4894"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="07D81974" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ĐẠI DIỆN BÊN A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4919A0FF" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="434A32F9" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57F54213" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="4CAC58E2" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
               <w:t xml:space="preserve">ĐẠI DIỆN BÊN B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="48CD2A67" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D98FCAB" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5F462E52" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1F0A2158" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="01B0CCD5" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76AEB30F" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2498" w:type="pct"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8056BE" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders/>
             <w:tcW w:w="2502" w:type="pct"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="058CB582" w14:textId="77777777">
+          <w:p>
             <w:pPr>
               <w:pBdr/>
               <w:spacing w:line="312" w:lineRule="auto"/>
               <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="71D8D6CF" w14:textId="2CEFFA7C">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing w:line="312" w:lineRule="auto"/>
         <w:ind/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:br w:type="page" w:clear="all"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...4463 lines deleted...]
-        <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footnotePr/>
       <w:endnotePr/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:h="16834" w:orient="portrait" w:w="11909"/>
       <w:pgMar w:top="993" w:right="710" w:bottom="567" w:left="1418" w:header="720" w:footer="398" w:gutter="0"/>
       <w:cols w:num="1" w:sep="0" w:space="720" w:equalWidth="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="773A6982" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5C0BE804" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05010000000000000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05010000000000000000"/>
-  </w:font>
-[...1 lines deleted...]
-    <w:panose1 w:val="020F0502020204030204"/>
   </w:font>
   <w:font w:name="Liberation Mono">
     <w:panose1 w:val="02070409020205020404"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:panose1 w:val="02020603020101020101"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:panose1 w:val="02020603020101020101"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
   </w:font>
   <w:font w:name=".VnTime">
     <w:panose1 w:val="020B0603030804020204"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="720833A0" w14:textId="77777777">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="987"/>
+      <w:pStyle w:val="989"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
@@ -13222,138 +8775,138 @@
       <w:t xml:space="preserve">3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3FB163F5" w14:textId="77777777">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="987"/>
+      <w:pStyle w:val="989"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:right="360"/>
       <w:rPr/>
     </w:pPr>
     <w:r/>
     <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w14:paraId="7518D441" w14:textId="77777777">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="987"/>
+      <w:pStyle w:val="989"/>
       <w:framePr w:hAnchor="margin" w:vAnchor="text" w:wrap="around" w:xAlign="right" w:y="1"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
       <w:rPr>
-        <w:rStyle w:val="989"/>
+        <w:rStyle w:val="991"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="989"/>
+        <w:rStyle w:val="991"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="989"/>
+        <w:rStyle w:val="991"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="989"/>
+        <w:rStyle w:val="991"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="989"/>
+        <w:rStyle w:val="991"/>
       </w:rPr>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="989"/>
+        <w:rStyle w:val="991"/>
       </w:rPr>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5493C6C3" w14:textId="77777777">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="987"/>
+      <w:pStyle w:val="989"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:right="360"/>
       <w:rPr/>
     </w:pPr>
     <w:r/>
     <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0787602B" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="437C83F4" w14:textId="77777777">
+    <w:p>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
         <w:rPr/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
       <w:r/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01E8582B"/>
     <w:lvl w:ilvl="0">
       <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
       <w:lvlText w:val="-"/>
       <w:numFmt w:val="bullet"/>
       <w:pPr>
@@ -18541,53 +14094,53 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="table" w:styleId="805">
+  <w:style w:type="table" w:styleId="807">
     <w:name w:val="Table Grid Light"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
@@ -18740,53 +14293,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="806">
+  <w:style w:type="table" w:styleId="808">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
@@ -18965,53 +14518,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="807">
+  <w:style w:type="table" w:styleId="809">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
@@ -19198,53 +14751,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="808">
+  <w:style w:type="table" w:styleId="810">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
@@ -19428,53 +14981,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="809">
+  <w:style w:type="table" w:styleId="811">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
@@ -19644,53 +15197,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="810">
+  <w:style w:type="table" w:styleId="812">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
@@ -19877,53 +15430,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="811">
+  <w:style w:type="table" w:styleId="813">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -20100,53 +15653,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="812">
+  <w:style w:type="table" w:styleId="814">
     <w:name w:val="Grid Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -20323,53 +15876,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="813">
+  <w:style w:type="table" w:styleId="815">
     <w:name w:val="Grid Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -20546,53 +16099,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="814">
+  <w:style w:type="table" w:styleId="816">
     <w:name w:val="Grid Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -20769,53 +16322,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="815">
+  <w:style w:type="table" w:styleId="817">
     <w:name w:val="Grid Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -20992,53 +16545,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="816">
+  <w:style w:type="table" w:styleId="818">
     <w:name w:val="Grid Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -21215,53 +16768,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="817">
+  <w:style w:type="table" w:styleId="819">
     <w:name w:val="Grid Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -21438,53 +16991,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="818">
+  <w:style w:type="table" w:styleId="820">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21670,53 +17223,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="819">
+  <w:style w:type="table" w:styleId="821">
     <w:name w:val="Grid Table 2 - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21902,53 +17455,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="820">
+  <w:style w:type="table" w:styleId="822">
     <w:name w:val="Grid Table 2 - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22134,53 +17687,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="821">
+  <w:style w:type="table" w:styleId="823">
     <w:name w:val="Grid Table 2 - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22366,53 +17919,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="822">
+  <w:style w:type="table" w:styleId="824">
     <w:name w:val="Grid Table 2 - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22598,53 +18151,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="823">
+  <w:style w:type="table" w:styleId="825">
     <w:name w:val="Grid Table 2 - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22830,53 +18383,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="824">
+  <w:style w:type="table" w:styleId="826">
     <w:name w:val="Grid Table 2 - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -23062,53 +18615,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="825">
+  <w:style w:type="table" w:styleId="827">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -23307,53 +18860,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="826">
+  <w:style w:type="table" w:styleId="828">
     <w:name w:val="Grid Table 3 - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -23552,53 +19105,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="827">
+  <w:style w:type="table" w:styleId="829">
     <w:name w:val="Grid Table 3 - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -23797,53 +19350,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="828">
+  <w:style w:type="table" w:styleId="830">
     <w:name w:val="Grid Table 3 - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -24042,53 +19595,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="829">
+  <w:style w:type="table" w:styleId="831">
     <w:name w:val="Grid Table 3 - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -24287,53 +19840,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="830">
+  <w:style w:type="table" w:styleId="832">
     <w:name w:val="Grid Table 3 - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -24532,53 +20085,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="831">
+  <w:style w:type="table" w:styleId="833">
     <w:name w:val="Grid Table 3 - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -24777,53 +20330,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="832">
+  <w:style w:type="table" w:styleId="834">
     <w:name w:val="Grid Table 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -25010,53 +20563,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="833">
+  <w:style w:type="table" w:styleId="835">
     <w:name w:val="Grid Table 4 - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -25243,53 +20796,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="834">
+  <w:style w:type="table" w:styleId="836">
     <w:name w:val="Grid Table 4 - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -25476,53 +21029,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="835">
+  <w:style w:type="table" w:styleId="837">
     <w:name w:val="Grid Table 4 - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -25709,53 +21262,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="836">
+  <w:style w:type="table" w:styleId="838">
     <w:name w:val="Grid Table 4 - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -25942,53 +21495,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="837">
+  <w:style w:type="table" w:styleId="839">
     <w:name w:val="Grid Table 4 - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -26175,53 +21728,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="838">
+  <w:style w:type="table" w:styleId="840">
     <w:name w:val="Grid Table 4 - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -26408,53 +21961,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="839">
+  <w:style w:type="table" w:styleId="841">
     <w:name w:val="Grid Table 5 Dark"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -26636,53 +22189,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="840">
+  <w:style w:type="table" w:styleId="842">
     <w:name w:val="Grid Table 5 Dark- Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="deebf6" w:themeFill="accent1" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -26864,53 +22417,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="841">
+  <w:style w:type="table" w:styleId="843">
     <w:name w:val="Grid Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe6d7" w:themeFill="accent2" w:themeFillTint="32"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -27092,53 +22645,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="842">
+  <w:style w:type="table" w:styleId="844">
     <w:name w:val="Grid Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -27320,53 +22873,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="843">
+  <w:style w:type="table" w:styleId="845">
     <w:name w:val="Grid Table 5 Dark- Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fff2cb" w:themeFill="accent4" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -27548,53 +23101,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="844">
+  <w:style w:type="table" w:styleId="846">
     <w:name w:val="Grid Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f3" w:themeFill="accent5" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -27776,53 +23329,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="845">
+  <w:style w:type="table" w:styleId="847">
     <w:name w:val="Grid Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd9" w:themeFill="accent6" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
@@ -28004,53 +23557,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="846">
+  <w:style w:type="table" w:styleId="848">
     <w:name w:val="Grid Table 6 Colorful"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -28234,53 +23787,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="847">
+  <w:style w:type="table" w:styleId="849">
     <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -28464,53 +24017,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="848">
+  <w:style w:type="table" w:styleId="850">
     <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -28694,53 +24247,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="849">
+  <w:style w:type="table" w:styleId="851">
     <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -28924,53 +24477,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="850">
+  <w:style w:type="table" w:styleId="852">
     <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -29154,53 +24707,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="851">
+  <w:style w:type="table" w:styleId="853">
     <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -29384,53 +24937,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="852">
+  <w:style w:type="table" w:styleId="854">
     <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -29614,53 +25167,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="853">
+  <w:style w:type="table" w:styleId="855">
     <w:name w:val="Grid Table 7 Colorful"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -29868,53 +25421,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="854">
+  <w:style w:type="table" w:styleId="856">
     <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="307abd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -30122,53 +25675,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="855">
+  <w:style w:type="table" w:styleId="857">
     <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -30376,53 +25929,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="856">
+  <w:style w:type="table" w:styleId="858">
     <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="616161" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -30630,53 +26183,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="857">
+  <w:style w:type="table" w:styleId="859">
     <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -30884,53 +26437,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="858">
+  <w:style w:type="table" w:styleId="860">
     <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="254275" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -31138,53 +26691,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="859">
+  <w:style w:type="table" w:styleId="861">
     <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="416529" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
@@ -31392,53 +26945,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="860">
+  <w:style w:type="table" w:styleId="862">
     <w:name w:val="List Table 1 Light"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -31608,53 +27161,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="861">
+  <w:style w:type="table" w:styleId="863">
     <w:name w:val="List Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -31824,53 +27377,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="862">
+  <w:style w:type="table" w:styleId="864">
     <w:name w:val="List Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -32040,53 +27593,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="863">
+  <w:style w:type="table" w:styleId="865">
     <w:name w:val="List Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -32256,53 +27809,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="864">
+  <w:style w:type="table" w:styleId="866">
     <w:name w:val="List Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -32472,53 +28025,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="865">
+  <w:style w:type="table" w:styleId="867">
     <w:name w:val="List Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -32688,53 +28241,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="866">
+  <w:style w:type="table" w:styleId="868">
     <w:name w:val="List Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
@@ -32904,53 +28457,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="867">
+  <w:style w:type="table" w:styleId="869">
     <w:name w:val="List Table 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -33142,53 +28695,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="868">
+  <w:style w:type="table" w:styleId="870">
     <w:name w:val="List Table 2 - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -33380,53 +28933,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="869">
+  <w:style w:type="table" w:styleId="871">
     <w:name w:val="List Table 2 - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -33618,53 +29171,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="870">
+  <w:style w:type="table" w:styleId="872">
     <w:name w:val="List Table 2 - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -33856,53 +29409,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="871">
+  <w:style w:type="table" w:styleId="873">
     <w:name w:val="List Table 2 - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -34094,53 +29647,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="872">
+  <w:style w:type="table" w:styleId="874">
     <w:name w:val="List Table 2 - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -34332,53 +29885,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="873">
+  <w:style w:type="table" w:styleId="875">
     <w:name w:val="List Table 2 - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -34570,53 +30123,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="874">
+  <w:style w:type="table" w:styleId="876">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -34798,53 +30351,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="875">
+  <w:style w:type="table" w:styleId="877">
     <w:name w:val="List Table 3 - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -35026,53 +30579,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="876">
+  <w:style w:type="table" w:styleId="878">
     <w:name w:val="List Table 3 - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -35254,53 +30807,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="877">
+  <w:style w:type="table" w:styleId="879">
     <w:name w:val="List Table 3 - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -35482,53 +31035,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="878">
+  <w:style w:type="table" w:styleId="880">
     <w:name w:val="List Table 3 - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -35710,53 +31263,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="879">
+  <w:style w:type="table" w:styleId="881">
     <w:name w:val="List Table 3 - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -35938,53 +31491,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="880">
+  <w:style w:type="table" w:styleId="882">
     <w:name w:val="List Table 3 - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -36166,53 +31719,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="881">
+  <w:style w:type="table" w:styleId="883">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -36391,53 +31944,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="882">
+  <w:style w:type="table" w:styleId="884">
     <w:name w:val="List Table 4 - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -36616,53 +32169,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="883">
+  <w:style w:type="table" w:styleId="885">
     <w:name w:val="List Table 4 - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -36841,53 +32394,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="884">
+  <w:style w:type="table" w:styleId="886">
     <w:name w:val="List Table 4 - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -37066,53 +32619,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="885">
+  <w:style w:type="table" w:styleId="887">
     <w:name w:val="List Table 4 - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -37291,53 +32844,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="886">
+  <w:style w:type="table" w:styleId="888">
     <w:name w:val="List Table 4 - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -37516,53 +33069,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="887">
+  <w:style w:type="table" w:styleId="889">
     <w:name w:val="List Table 4 - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -37741,53 +33294,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="888">
+  <w:style w:type="table" w:styleId="890">
     <w:name w:val="List Table 5 Dark"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -37983,53 +33536,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="889">
+  <w:style w:type="table" w:styleId="891">
     <w:name w:val="List Table 5 Dark - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -38225,53 +33778,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="890">
+  <w:style w:type="table" w:styleId="892">
     <w:name w:val="List Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b285" w:themeFill="accent2" w:themeFillTint="97"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -38467,53 +34020,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="891">
+  <w:style w:type="table" w:styleId="893">
     <w:name w:val="List Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -38709,53 +34262,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="892">
+  <w:style w:type="table" w:styleId="894">
     <w:name w:val="List Table 5 Dark - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd965" w:themeFill="accent4" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -38951,53 +34504,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="893">
+  <w:style w:type="table" w:styleId="895">
     <w:name w:val="List Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eaadb" w:themeFill="accent5" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -39193,53 +34746,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="894">
+  <w:style w:type="table" w:styleId="896">
     <w:name w:val="List Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="a9d18f" w:themeFill="accent6" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
@@ -39435,53 +34988,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="895">
+  <w:style w:type="table" w:styleId="897">
     <w:name w:val="List Table 6 Colorful"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -39658,53 +35211,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="896">
+  <w:style w:type="table" w:styleId="898">
     <w:name w:val="List Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -39881,53 +35434,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="897">
+  <w:style w:type="table" w:styleId="899">
     <w:name w:val="List Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -40104,53 +35657,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="898">
+  <w:style w:type="table" w:styleId="900">
     <w:name w:val="List Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -40327,53 +35880,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="899">
+  <w:style w:type="table" w:styleId="901">
     <w:name w:val="List Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -40550,53 +36103,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="900">
+  <w:style w:type="table" w:styleId="902">
     <w:name w:val="List Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -40773,53 +36326,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="901">
+  <w:style w:type="table" w:styleId="903">
     <w:name w:val="List Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -40996,53 +36549,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="902">
+  <w:style w:type="table" w:styleId="904">
     <w:name w:val="List Table 7 Colorful"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -41252,53 +36805,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="903">
+  <w:style w:type="table" w:styleId="905">
     <w:name w:val="List Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -41508,53 +37061,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245b8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="904">
+  <w:style w:type="table" w:styleId="906">
     <w:name w:val="List Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -41764,53 +37317,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cb5d12" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="905">
+  <w:style w:type="table" w:styleId="907">
     <w:name w:val="List Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -42020,53 +37573,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="767676" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="906">
+  <w:style w:type="table" w:styleId="908">
     <w:name w:val="List Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -42276,53 +37829,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d09d00" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="907">
+  <w:style w:type="table" w:styleId="909">
     <w:name w:val="List Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -42532,53 +38085,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335aa1" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="908">
+  <w:style w:type="table" w:styleId="910">
     <w:name w:val="List Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
@@ -42788,53 +38341,53 @@
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5e923c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="909">
+  <w:style w:type="table" w:styleId="911">
     <w:name w:val="Lined - Accent"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -43025,53 +38578,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="910">
+  <w:style w:type="table" w:styleId="912">
     <w:name w:val="Lined - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -43262,53 +38815,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="911">
+  <w:style w:type="table" w:styleId="913">
     <w:name w:val="Lined - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -43499,53 +39052,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="912">
+  <w:style w:type="table" w:styleId="914">
     <w:name w:val="Lined - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -43736,53 +39289,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="913">
+  <w:style w:type="table" w:styleId="915">
     <w:name w:val="Lined - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -43973,53 +39526,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="914">
+  <w:style w:type="table" w:styleId="916">
     <w:name w:val="Lined - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -44210,53 +39763,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="915">
+  <w:style w:type="table" w:styleId="917">
     <w:name w:val="Lined - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
@@ -44447,53 +40000,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="916">
+  <w:style w:type="table" w:styleId="918">
     <w:name w:val="Bordered &amp; Lined - Accent"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -44691,53 +40244,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="917">
+  <w:style w:type="table" w:styleId="919">
     <w:name w:val="Bordered &amp; Lined - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -44935,53 +40488,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="918">
+  <w:style w:type="table" w:styleId="920">
     <w:name w:val="Bordered &amp; Lined - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -45179,53 +40732,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="919">
+  <w:style w:type="table" w:styleId="921">
     <w:name w:val="Bordered &amp; Lined - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -45423,53 +40976,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="920">
+  <w:style w:type="table" w:styleId="922">
     <w:name w:val="Bordered &amp; Lined - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -45667,53 +41220,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="921">
+  <w:style w:type="table" w:styleId="923">
     <w:name w:val="Bordered &amp; Lined - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -45911,53 +41464,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="922">
+  <w:style w:type="table" w:styleId="924">
     <w:name w:val="Bordered &amp; Lined - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
@@ -46155,53 +41708,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="923">
+  <w:style w:type="table" w:styleId="925">
     <w:name w:val="Bordered"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -46386,53 +41939,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="924">
+  <w:style w:type="table" w:styleId="926">
     <w:name w:val="Bordered - Accent 1"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -46617,53 +42170,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="925">
+  <w:style w:type="table" w:styleId="927">
     <w:name w:val="Bordered - Accent 2"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -46848,53 +42401,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="926">
+  <w:style w:type="table" w:styleId="928">
     <w:name w:val="Bordered - Accent 3"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -47079,53 +42632,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="927">
+  <w:style w:type="table" w:styleId="929">
     <w:name w:val="Bordered - Accent 4"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -47310,53 +42863,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="928">
+  <w:style w:type="table" w:styleId="930">
     <w:name w:val="Bordered - Accent 5"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -47541,53 +43094,53 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="929">
+  <w:style w:type="table" w:styleId="931">
     <w:name w:val="Bordered - Accent 6"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -47772,959 +43325,959 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="930">
+  <w:style w:type="paragraph" w:styleId="932">
     <w:name w:val="Heading 1"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="939"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="941"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="80" w:before="360"/>
       <w:ind/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="931">
+  <w:style w:type="paragraph" w:styleId="933">
     <w:name w:val="Heading 2"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="940"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="942"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="80" w:before="160"/>
       <w:ind/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="932">
+  <w:style w:type="paragraph" w:styleId="934">
     <w:name w:val="Heading 3"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="941"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="943"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="80" w:before="160"/>
       <w:ind/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="933">
+  <w:style w:type="paragraph" w:styleId="935">
     <w:name w:val="Heading 4"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="942"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="944"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="40" w:before="80"/>
       <w:ind/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="934">
+  <w:style w:type="paragraph" w:styleId="936">
     <w:name w:val="Heading 5"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="943"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="945"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="40" w:before="80"/>
       <w:ind/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="935">
+  <w:style w:type="paragraph" w:styleId="937">
     <w:name w:val="Heading 6"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="944"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="946"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0" w:before="40"/>
       <w:ind/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="936">
+  <w:style w:type="paragraph" w:styleId="938">
     <w:name w:val="Heading 7"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="945"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="947"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0" w:before="40"/>
       <w:ind/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="937">
+  <w:style w:type="paragraph" w:styleId="939">
     <w:name w:val="Heading 8"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="946"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="948"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0"/>
       <w:ind/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="938">
+  <w:style w:type="paragraph" w:styleId="940">
     <w:name w:val="Heading 9"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="947"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="949"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext w:val="true"/>
       <w:keepLines w:val="true"/>
       <w:pBdr/>
       <w:spacing w:after="0"/>
       <w:ind/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="939">
+  <w:style w:type="character" w:styleId="941">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="930"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="932"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="940">
+  <w:style w:type="character" w:styleId="942">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="931"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="933"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="941">
+  <w:style w:type="character" w:styleId="943">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="932"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="934"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="942">
+  <w:style w:type="character" w:styleId="944">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="933"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="935"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="943">
+  <w:style w:type="character" w:styleId="945">
     <w:name w:val="Heading 5 Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="934"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="936"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="944">
+  <w:style w:type="character" w:styleId="946">
     <w:name w:val="Heading 6 Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="935"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="937"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="945">
+  <w:style w:type="character" w:styleId="947">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="936"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="938"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="946">
+  <w:style w:type="character" w:styleId="948">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="937"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="939"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="947">
+  <w:style w:type="character" w:styleId="949">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="938"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="940"/>
     <w:uiPriority w:val="9"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="948">
+  <w:style w:type="paragraph" w:styleId="950">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="949"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="951"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:ind/>
       <w:contextualSpacing w:val="true"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="949">
+  <w:style w:type="character" w:styleId="951">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="948"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="950"/>
     <w:uiPriority w:val="10"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:spacing w:val="-10"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="950">
+  <w:style w:type="paragraph" w:styleId="952">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="951"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="953"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="951">
+  <w:style w:type="character" w:styleId="953">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="950"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="952"/>
     <w:uiPriority w:val="11"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="952">
+  <w:style w:type="paragraph" w:styleId="954">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="953"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="955"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:before="160"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="953">
+  <w:style w:type="character" w:styleId="955">
     <w:name w:val="Quote Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="952"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="954"/>
     <w:uiPriority w:val="29"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="954">
+  <w:style w:type="character" w:styleId="956">
     <w:name w:val="Intense Emphasis"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="955">
+  <w:style w:type="paragraph" w:styleId="957">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="983"/>
-[...1 lines deleted...]
-    <w:link w:val="956"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
+    <w:link w:val="958"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
       </w:pBdr>
       <w:spacing w:after="360" w:before="360"/>
       <w:ind w:right="864" w:left="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="956">
+  <w:style w:type="character" w:styleId="958">
     <w:name w:val="Intense Quote Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="955"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="957"/>
     <w:uiPriority w:val="30"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="957">
+  <w:style w:type="character" w:styleId="959">
     <w:name w:val="Intense Reference"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="958">
+  <w:style w:type="paragraph" w:styleId="960">
     <w:name w:val="No Spacing"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="959">
+  <w:style w:type="character" w:styleId="961">
     <w:name w:val="Subtle Emphasis"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:uiPriority w:val="19"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="960">
+  <w:style w:type="character" w:styleId="962">
     <w:name w:val="Emphasis"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="961">
+  <w:style w:type="character" w:styleId="963">
     <w:name w:val="Strong"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="962">
+  <w:style w:type="character" w:styleId="964">
     <w:name w:val="Subtle Reference"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:uiPriority w:val="31"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:smallCaps/>
       <w:color w:val="5a5a5a" w:themeColor="text1" w:themeTint="A5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="963">
+  <w:style w:type="character" w:styleId="965">
     <w:name w:val="Book Title"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:uiPriority w:val="33"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="964">
+  <w:style w:type="paragraph" w:styleId="966">
     <w:name w:val="Caption"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0e2841" w:themeColor="text2"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="965">
+  <w:style w:type="paragraph" w:styleId="967">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="983"/>
-    <w:link w:val="966"/>
+    <w:basedOn w:val="985"/>
+    <w:link w:val="968"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="966">
+  <w:style w:type="character" w:styleId="968">
     <w:name w:val="Footnote Text Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="965"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="967"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="967">
+  <w:style w:type="character" w:styleId="969">
     <w:name w:val="footnote reference"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="968">
+  <w:style w:type="paragraph" w:styleId="970">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="983"/>
-    <w:link w:val="969"/>
+    <w:basedOn w:val="985"/>
+    <w:link w:val="971"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="969">
+  <w:style w:type="character" w:styleId="971">
     <w:name w:val="Endnote Text Char"/>
-    <w:basedOn w:val="984"/>
-    <w:link w:val="968"/>
+    <w:basedOn w:val="986"/>
+    <w:link w:val="970"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="970">
+  <w:style w:type="character" w:styleId="972">
     <w:name w:val="endnote reference"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="971">
+  <w:style w:type="paragraph" w:styleId="973">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="972">
+  <w:style w:type="paragraph" w:styleId="974">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="220"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="973">
+  <w:style w:type="paragraph" w:styleId="975">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="974">
+  <w:style w:type="paragraph" w:styleId="976">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="660"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="975">
+  <w:style w:type="paragraph" w:styleId="977">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="880"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="976">
+  <w:style w:type="paragraph" w:styleId="978">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1100"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="977">
+  <w:style w:type="paragraph" w:styleId="979">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1320"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="978">
+  <w:style w:type="paragraph" w:styleId="980">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1540"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="979">
+  <w:style w:type="paragraph" w:styleId="981">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100"/>
       <w:ind w:left="1760"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="980">
+  <w:style w:type="character" w:styleId="982">
     <w:name w:val="Placeholder Text"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="981">
+  <w:style w:type="paragraph" w:styleId="983">
     <w:name w:val="TOC Heading"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="982">
+  <w:style w:type="paragraph" w:styleId="984">
     <w:name w:val="table of figures"/>
-    <w:basedOn w:val="983"/>
-    <w:next w:val="983"/>
+    <w:basedOn w:val="985"/>
+    <w:next w:val="985"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="0" w:afterAutospacing="0"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="983" w:default="1">
+  <w:style w:type="paragraph" w:styleId="985" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="984" w:default="1">
+  <w:style w:type="character" w:styleId="986" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="985" w:default="1">
+  <w:style w:type="table" w:styleId="987" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders/>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
@@ -48873,189 +44426,189 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="986" w:default="1">
+  <w:style w:type="numbering" w:styleId="988" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="987">
+  <w:style w:type="paragraph" w:styleId="989">
     <w:name w:val="Footer"/>
-    <w:basedOn w:val="983"/>
-    <w:link w:val="988"/>
+    <w:basedOn w:val="985"/>
+    <w:link w:val="990"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="988" w:customStyle="1">
+  <w:style w:type="character" w:styleId="990" w:customStyle="1">
     <w:name w:val="Footer Char"/>
-    <w:link w:val="987"/>
+    <w:link w:val="989"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="989">
+  <w:style w:type="character" w:styleId="991">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="984"/>
+    <w:basedOn w:val="986"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="990" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="992" w:customStyle="1">
     <w:name w:val="Char"/>
-    <w:basedOn w:val="991"/>
+    <w:basedOn w:val="993"/>
     <w:pPr>
       <w:widowControl w:val="false"/>
       <w:pBdr/>
       <w:tabs>
         <w:tab w:val="left" w:leader="none" w:pos="1114"/>
       </w:tabs>
       <w:spacing w:before="120" w:line="436" w:lineRule="exact"/>
       <w:ind w:right="-56" w:firstLine="1" w:left="357"/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun" w:cs="Times New Roman"/>
       <w:b/>
       <w:sz w:val="24"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="991">
+  <w:style w:type="paragraph" w:styleId="993">
     <w:name w:val="Document Map"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:semiHidden/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="992">
+  <w:style w:type="paragraph" w:styleId="994">
     <w:name w:val="Header"/>
-    <w:basedOn w:val="983"/>
-    <w:link w:val="1002"/>
+    <w:basedOn w:val="985"/>
+    <w:link w:val="1004"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4320"/>
         <w:tab w:val="right" w:leader="none" w:pos="8640"/>
       </w:tabs>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="993">
+  <w:style w:type="character" w:styleId="995">
     <w:name w:val="Hyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="0000ff"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="994" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="996" w:customStyle="1">
     <w:name w:val="Char Char Char Char Char Char"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:eastAsia="PMingLiU"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="995">
+  <w:style w:type="table" w:styleId="997">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="985"/>
+    <w:basedOn w:val="987"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:tcBorders/>
     </w:tcPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
@@ -49200,666 +44753,666 @@
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:pPr>
         <w:pBdr/>
         <w:spacing/>
         <w:ind/>
       </w:pPr>
       <w:tblPr>
         <w:tblBorders/>
       </w:tblPr>
       <w:tcPr>
         <w:tcBorders/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="996">
+  <w:style w:type="paragraph" w:styleId="998">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="983"/>
-    <w:link w:val="997"/>
+    <w:basedOn w:val="985"/>
+    <w:link w:val="999"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="997" w:customStyle="1">
+  <w:style w:type="character" w:styleId="999" w:customStyle="1">
     <w:name w:val="Body Text 2 Char"/>
-    <w:link w:val="996"/>
+    <w:link w:val="998"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="998">
+  <w:style w:type="paragraph" w:styleId="1000">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="983"/>
-    <w:link w:val="999"/>
+    <w:basedOn w:val="985"/>
+    <w:link w:val="1001"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="999" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1001" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
-    <w:link w:val="998"/>
+    <w:link w:val="1000"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1000">
+  <w:style w:type="paragraph" w:styleId="1002">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind w:left="720"/>
       <w:contextualSpacing w:val="true"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1001">
+  <w:style w:type="character" w:styleId="1003">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="954f72"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1002" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1004" w:customStyle="1">
     <w:name w:val="Header Char"/>
-    <w:link w:val="992"/>
+    <w:link w:val="994"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1003" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1005" w:customStyle="1">
     <w:name w:val="xl105"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1004" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1006" w:customStyle="1">
     <w:name w:val="xl106"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1005" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1007" w:customStyle="1">
     <w:name w:val="xl107"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1006" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1008" w:customStyle="1">
     <w:name w:val="xl108"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1007" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1009" w:customStyle="1">
     <w:name w:val="xl109"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1008" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1010" w:customStyle="1">
     <w:name w:val="xl110"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1009" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1011" w:customStyle="1">
     <w:name w:val="xl111"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1010" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1012" w:customStyle="1">
     <w:name w:val="xl112"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1011" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1013" w:customStyle="1">
     <w:name w:val="xl113"/>
-    <w:basedOn w:val="983"/>
-[...29 lines deleted...]
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1014" w:customStyle="1">
+    <w:name w:val="xl114"/>
+    <w:basedOn w:val="985"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1015" w:customStyle="1">
+    <w:name w:val="xl115"/>
+    <w:basedOn w:val="985"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1016" w:customStyle="1">
     <w:name w:val="xl116"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1015" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1017" w:customStyle="1">
     <w:name w:val="xl117"/>
-    <w:basedOn w:val="983"/>
-[...29 lines deleted...]
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1018" w:customStyle="1">
+    <w:name w:val="xl118"/>
+    <w:basedOn w:val="985"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1019" w:customStyle="1">
+    <w:name w:val="xl119"/>
+    <w:basedOn w:val="985"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+      </w:pBdr>
+      <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
+      <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1020" w:customStyle="1">
     <w:name w:val="xl120"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1019" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1021" w:customStyle="1">
     <w:name w:val="xl121"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1020" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1022" w:customStyle="1">
     <w:name w:val="xl122"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1021" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1023" w:customStyle="1">
     <w:name w:val="xl123"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1022" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1024" w:customStyle="1">
     <w:name w:val="xl124"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1023" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1025" w:customStyle="1">
     <w:name w:val="xl125"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr/>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1024" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1026" w:customStyle="1">
     <w:name w:val="xl126"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1025" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1027" w:customStyle="1">
     <w:name w:val="xl127"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1026" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1028" w:customStyle="1">
     <w:name w:val="xl128"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1027" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1029" w:customStyle="1">
     <w:name w:val="xl129"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1028" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1030" w:customStyle="1">
     <w:name w:val="xl130"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1029" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1031" w:customStyle="1">
     <w:name w:val="xl131"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1030" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1032" w:customStyle="1">
     <w:name w:val="xl132"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ffffff"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1031" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1033" w:customStyle="1">
     <w:name w:val="xl133"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1032" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1034" w:customStyle="1">
     <w:name w:val="xl134"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="000000" w:fill="ddd9c4"/>
       <w:spacing w:after="100" w:afterAutospacing="1" w:before="100" w:beforeAutospacing="1"/>
       <w:ind/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1033">
+  <w:style w:type="paragraph" w:styleId="1035">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="983"/>
-    <w:link w:val="1034"/>
+    <w:basedOn w:val="985"/>
+    <w:link w:val="1036"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing w:after="120"/>
       <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1034" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1036" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
-    <w:link w:val="1033"/>
+    <w:link w:val="1035"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1035" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1037" w:customStyle="1">
     <w:name w:val="normal-h1"/>
     <w:pPr>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:hint="default" w:ascii=".VnTime" w:hAnsi=".VnTime"/>
       <w:color w:val="0000ff"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1036" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1038" w:customStyle="1">
     <w:name w:val="Preformatted Text"/>
-    <w:basedOn w:val="983"/>
+    <w:basedOn w:val="985"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="false"/>
       <w:pBdr/>
       <w:spacing/>
       <w:ind/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Mono" w:hAnsi="Liberation Mono" w:eastAsia="Liberation Mono" w:cs="Liberation Mono"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
@@ -50055,51 +45608,51 @@
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <Application>onlyoffice/9.2.0.98</Application>
+  <Application>onlyoffice/9.1.0.1</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="0" baseType="variant"/>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="0" baseType="lpstr"/>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>0</LinksUpToDate>
   <SharedDoc>0</SharedDoc>
   <HyperlinksChanged>0</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>CỘNG HOÀ XÃ HỘI CHỦ NGHĨA VIỆT NAM</dc:title>
   <dc:subject/>
   <dc:creator>HTC</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>