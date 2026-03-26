--- v0 (2026-01-24)
+++ v1 (2026-03-26)
@@ -1,3821 +1,34140 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
-  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?> <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"> <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/> <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/> <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
+        <w:jc w:val="center"/>
         <w:tblW w:w="10008" w:type="dxa"/>
-        <w:jc w:val="center"/>
+        <w:tblBorders/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4760"/>
         <w:gridCol w:w="5248"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006E6727" w:rsidRPr="00E54B1C" w14:paraId="023497F3" w14:textId="77777777" w:rsidTr="00E741E0">
+      <w:tr>
         <w:trPr>
+          <w:jc w:val="center"/>
           <w:trHeight w:val="737"/>
-          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
             <w:tcW w:w="4760" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="6D99F447" w14:textId="7D54E4F9" w:rsidR="006E6727" w:rsidRPr="00E54B1C" w:rsidRDefault="00A82B39" w:rsidP="00E741E0">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:tabs>
-                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="center" w:leader="none" w:pos="4680"/>
               </w:tabs>
               <w:spacing w:before="40"/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A82B39">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="pt-BR"/>
               </w:rPr>
-              <w:t>CÔNG TY CỔ PHẦN THẨM ĐỊNH VÀ ĐẦU TƯ TÀI CHÍNH HOA SEN</w:t>
+              <w:t xml:space="preserve">CÔNG TY CỔ PHẦN THẨM ĐỊNH VÀ ĐẦU TƯ TÀI CHÍNH HOA SEN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:r>
           </w:p>
-          <w:p w14:paraId="463D3749" w14:textId="76480F0E" w:rsidR="006E6727" w:rsidRPr="00E54B1C" w:rsidRDefault="006E6727" w:rsidP="00E741E0">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:tabs>
-                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="center" w:leader="none" w:pos="4680"/>
               </w:tabs>
+              <w:spacing/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E54B1C">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="undefined"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Số</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="undefined"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="undefined"/>
+              </w:rPr>
+              <w:t xml:space="preserve">275/2026/0021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="undefined"/>
+              </w:rPr>
+              <w:t xml:space="preserve">/D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NTT-VFI</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Số</w:t>
-[...26 lines deleted...]
-              <w:t>/DNTT-VFI</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="357ED026" w14:textId="77777777" w:rsidR="006E6727" w:rsidRPr="00E54B1C" w:rsidRDefault="006E6727" w:rsidP="00E741E0">
+          <w:p>
             <w:pPr>
+              <w:pBdr/>
               <w:tabs>
-                <w:tab w:val="center" w:pos="4680"/>
+                <w:tab w:val="center" w:leader="none" w:pos="4680"/>
               </w:tabs>
+              <w:spacing/>
+              <w:ind/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...818 lines deleted...]
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>7.344.000</w:t>
+              <w:t xml:space="preserve">---------------------------</w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5559" w:type="dxa"/>
-[...2 lines deleted...]
-            </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="center"/>
+            <w:tcBorders/>
+            <w:tcW w:w="5248" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
           </w:tcPr>
-          <w:p w14:paraId="24F5277D" w14:textId="77777777" w:rsidR="006E6727" w:rsidRPr="00E54B1C" w:rsidRDefault="006E6727" w:rsidP="00E741E0">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="60" w:after="60" w:line="300" w:lineRule="exact"/>
+              <w:pBdr/>
+              <w:tabs>
+                <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+              </w:tabs>
+              <w:spacing w:before="40"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...44 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>0</w:t>
+              <w:t xml:space="preserve">CỘNG HÒA XÃ HỘI CHỦ NGHĨA VIỆT NAM</w:t>
             </w:r>
-            <w:r w:rsidR="006E6727" w:rsidRPr="00E54B1C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:spacing w:val="-6"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">                            </w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          <w:p w14:paraId="2FB317D2" w14:textId="77777777" w:rsidR="006E6727" w:rsidRPr="00E54B1C" w:rsidRDefault="006E6727" w:rsidP="00E741E0">
+          <w:p>
             <w:pPr>
-              <w:spacing w:before="60" w:after="60" w:line="300" w:lineRule="exact"/>
-[...221 lines deleted...]
-            <w:pPr>
+              <w:pBdr/>
               <w:tabs>
-                <w:tab w:val="left" w:pos="2880"/>
+                <w:tab w:val="center" w:leader="none" w:pos="4680"/>
               </w:tabs>
-              <w:spacing w:line="300" w:lineRule="exact"/>
-[...319 lines deleted...]
-            <w:pPr>
+              <w:spacing/>
+              <w:ind/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>VŨ VĂN QUÂN</w:t>
+              <w:t xml:space="preserve">Độc lập - Tự do - Hạnh phúc</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:tabs>
+                <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">= = = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"></w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">v</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:eastAsia="Wingdings" w:cs="Wingdings"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"></w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = = =</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:jc w:val="center"/>
+          <w:trHeight w:val="467"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:tcW w:w="4760" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing/>
+              <w:ind w:left="144"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">“Vv: Thanh toán phí dịch vụ thẩm định giá”.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:tcW w:w="5248" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="120"/>
+              <w:ind w:right="62"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hà Nội, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:spacing w:val="6"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="nl-NL"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ngày 23 tháng 1 năm 2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3BE23FBC" w14:textId="77777777" w:rsidR="006E6727" w:rsidRPr="00E54B1C" w:rsidRDefault="006E6727" w:rsidP="006E6727">
-      <w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:before="120" w:line="320" w:lineRule="exact"/>
+        <w:ind/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">GIẤY ĐỀ NGHỊ THANH TOÁN</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing w:before="120" w:line="320" w:lineRule="exact"/>
+        <w:ind/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kính gửi:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CÔNG TY TNHH QUỐC TẾ YUU CHANG VIỆT NAM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4902FE87" w14:textId="088190BA" w:rsidR="00805FBC" w:rsidRPr="006E6727" w:rsidRDefault="00805FBC" w:rsidP="006E6727"/>
-[...2 lines deleted...]
-      <w:pgSz w:w="11910" w:h="16850"/>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="2880"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:before="120" w:line="300" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trước hết, thay mặt </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Công ty Cổ phần Thẩm định và Đầu tư Tài chính Hoa Sen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“LOTUSVF</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”),</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chúng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tôi xin chân thành cảm ơn Quý </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Công ty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> đã tin tưởng và lựa chọn dịch vụ của chúng tôi!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="vi-VN"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="2880"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:before="120" w:line="300" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Theo điều 2 khoản 2.2 về Phương thức và thờ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="undefined"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i hạn thanh toán của Hợp đồng số: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="undefined"/>
+        </w:rPr>
+        <w:t xml:space="preserve">275/2026/0021/VFI-HĐTĐ.39.A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="undefined"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="undefined"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ký ngà</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5/1/2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> giữa </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CÔNG TY TNHH QUỐC TẾ YUU CHANG VIỆT NAM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> và </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Công ty Cổ phần Thẩm định và Đầu tư Tài chính Hoa Sen</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Chúng tôi xin gửi tới Quý Công ty giấy đề nghị thanh toán phí dịch vụ thẩm định giá với nội dung sau:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="284" w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-2"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Đơn vị thanh toán: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CÔNG TY TNHH QUỐC TẾ YUU CHANG VIỆT NAM</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:before="120" w:line="312" w:lineRule="auto"/>
+        <w:ind w:hanging="284" w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Địa chỉ: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Một phần lô A7 (Ô A7.2), Đường N3, Khu B, Khu công nghiệp Đất Cuốc, Xã Bắc Tân Uyên, Thành phố Hồ Chí Minh, Việt Nam.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-10"/>
+          <w:position w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:widowControl w:val="true"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:before="120" w:line="300" w:lineRule="exact"/>
+        <w:ind w:hanging="284" w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="c00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Số tham chiếu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hợp đồng s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="undefined"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ố: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="undefined"/>
+        </w:rPr>
+        <w:t xml:space="preserve">275/2026/0021/VFI-HĐTĐ.39.A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="undefined"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="c00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="2880"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:before="120" w:line="300" w:lineRule="exact"/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chi tiết quá trình Bên A tạm ứng cho Bên B như sau:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblW w:w="9356" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="537"/>
+        <w:gridCol w:w="5559"/>
+        <w:gridCol w:w="3260"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Stt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nội dung</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Phí TĐ (VNĐ)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Giá trị Hợp đồng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (đã bao gồm VAT và phí khảo sát)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7.344.000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ố tiề</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
+              </w:rPr>
+              <w:t xml:space="preserve">n đã tạm ứng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2.000.000                            </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="5559" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Số tiền còn lại đề nghị thanh toán theo Hợp đồng (*)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="ffffff"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5.344.000</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="537" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="8819" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing w:after="60" w:before="60" w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(Bằng chữ: Năm</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> triệu ba trăm bốn mươi bốn nghìn đồng</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="2880"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:before="120" w:line="300" w:lineRule="exact"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kính đề nghị Quý Công ty</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> thanh toán phí dịch vụ thẩm định giá trên cho Bên B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> khoản trên bằng tiền mặt hoặc chuyển khoản vào tài khoản dưới sau khi Quý Công ty nhận được Giấy đề nghị thanh toán này. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2376"/>
+        <w:gridCol w:w="7479"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Đơn vị thụ hưởng:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="vi-VN"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Công ty Cổ phần Thẩm định và Đầu tư Tài chính Hoa Sen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:tcW w:w="2376" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Số tài khoản:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:tcW w:w="7479" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="2880"/>
+              </w:tabs>
+              <w:spacing w:line="300" w:lineRule="exact"/>
+              <w:ind/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:spacing w:val="-2"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1505112366666 tại Agribank Chi nhánh Hà Nội II</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="2160"/>
+        </w:tabs>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trân trọng cảm ơn!</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:jc w:val="right"/>
+        <w:tblW w:w="9515" w:type="dxa"/>
+        <w:tblBorders/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2303"/>
+        <w:gridCol w:w="7212"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:jc w:val="right"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders/>
+            <w:tcW w:w="2303" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing/>
+              <w:ind w:right="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nơi nhận</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="329"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:ind w:right="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Như trên</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:tabs>
+                <w:tab w:val="left" w:leader="none" w:pos="329"/>
+              </w:tabs>
+              <w:spacing/>
+              <w:ind w:right="108"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:i/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- Lưu: VT, KT.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcBorders/>
+            <w:tcW w:w="7212" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ĐẠI DIỆN CÔNG TY</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:pBdr/>
+              <w:spacing/>
+              <w:ind/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
+      <w:r/>
+      <w:r/>
+    </w:p>
+    <w:sectPr>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footnotePr/>
+      <w:endnotePr/>
+      <w:type w:val="nextPage"/>
+      <w:pgSz w:h="16850" w:orient="portrait" w:w="11910"/>
       <w:pgMar w:top="993" w:right="570" w:bottom="280" w:left="1300" w:header="720" w:footer="424" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:cols w:num="1" w:sep="0" w:space="720" w:equalWidth="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5681AA84" w14:textId="77777777" w:rsidR="00FA2057" w:rsidRDefault="00FA2057" w:rsidP="00C62DA7">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E7AC388" w14:textId="77777777" w:rsidR="00FA2057" w:rsidRDefault="00FA2057" w:rsidP="00C62DA7">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05010000000000000000"/>
   </w:font>
-  <w:font w:name="VNI-Helve-Condense">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05010000000000000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  <w:font w:name=".VnTime">
+    <w:panose1 w:val="020B0603030804020204"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...4 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  <w:font w:name="TimesNewRomanPSMT">
+    <w:panose1 w:val="02020603050405020304"/>
+  </w:font>
+  <w:font w:name="VNI-Helve-Condense">
+    <w:panose1 w:val="020B0603030804020204"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
-[...24 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
-[...2 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
+      <w15:appearance w15:val="boundingBox"/>
       <w:id w:val="-2072955867"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
-        <w:docPartUnique/>
+        <w:docPartUnique w:val="true"/>
       </w:docPartObj>
+      <w:rPr/>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...3 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="67013B5F" w14:textId="480350A0" w:rsidR="001917AF" w:rsidRDefault="001917AF">
+      <w:p>
         <w:pPr>
-          <w:pStyle w:val="Footer"/>
+          <w:pStyle w:val="751"/>
+          <w:pBdr/>
+          <w:spacing/>
+          <w:ind/>
           <w:jc w:val="center"/>
+          <w:rPr/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
-          <w:rPr>
-[...2 lines deleted...]
-          <w:t>2</w:t>
+          <w:t xml:space="preserve">2</w:t>
         </w:r>
         <w:r>
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
+        <w:r/>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="0B4A75C1" w14:textId="77777777" w:rsidR="00C62DA7" w:rsidRDefault="00C62DA7">
+  <w:p>
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="751"/>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+      <w:rPr/>
     </w:pPr>
+    <w:r/>
+    <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6EA962EB" w14:textId="77777777" w:rsidR="00FA2057" w:rsidRDefault="00FA2057" w:rsidP="00C62DA7">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2F13B9B0" w14:textId="77777777" w:rsidR="00FA2057" w:rsidRDefault="00FA2057" w:rsidP="00C62DA7">
+    <w:p>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:rPr/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
+      <w:r/>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="221A7103"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="39FE2D98">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:cstheme="minorBidi"/>
+        <w:b/>
+        <w:color w:val="auto"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%2."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%3."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="2160"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%4."/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val="%5."/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%6."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="4320"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%7."/>
+      <w:numFmt w:val="decimal"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="%8."/>
       <w:numFmt w:val="lowerLetter"/>
-      <w:lvlText w:val="%2."/>
-[...3 lines deleted...]
-      </w:pPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr/>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="right"/>
+      <w:lvlText w:val="%9."/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="180" w:left="6480"/>
+      </w:pPr>
+      <w:rPr/>
       <w:start w:val="1"/>
-      <w:numFmt w:val="lowerRoman"/>
-[...58 lines deleted...]
-      </w:pPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="52FD7141"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="3466B246">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="VNI-Helve-Condense" w:hAnsi="VNI-Helve-Condense" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="3"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="65496D7F"/>
-    <w:multiLevelType w:val="hybridMultilevel"/>
-[...1 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="00DAF0F6">
+    <w:lvl w:ilvl="0">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="-"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
       <w:start w:val="15"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val="-"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="1440"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...4 lines deleted...]
-      </w:rPr>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2160"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+    <w:lvl w:ilvl="3">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="2880"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
       <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val="o"/>
       <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="3600"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="4320"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5040"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:isLgl w:val="false"/>
+      <w:lvlJc w:val="left"/>
       <w:lvlText w:val="o"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="5760"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      </w:rPr>
+      <w:start w:val="1"/>
+      <w:suff w:val="tab"/>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:isLgl w:val="false"/>
       <w:lvlJc w:val="left"/>
-      <w:pPr>
-[...6 lines deleted...]
-    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:lvlText w:val=""/>
+      <w:numFmt w:val="bullet"/>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind w:hanging="360" w:left="6480"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
+      </w:rPr>
       <w:start w:val="1"/>
-      <w:numFmt w:val="bullet"/>
-[...79 lines deleted...]
-      </w:rPr>
+      <w:suff w:val="tab"/>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="93863148">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="594749278">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="93327131">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
+  <w:trackRevisions w:val="false"/>
+  <w:documentProtection/>
   <w:defaultTabStop w:val="720"/>
-  <w:drawingGridHorizontalSpacing w:val="110"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
+    <w:pos w:val="pageBottom"/>
+    <w:numFmt w:val="decimal"/>
+    <w:numStart w:val="1"/>
+    <w:numRestart w:val="continuous"/>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:pos w:val="docEnd"/>
+    <w:numFmt w:val="lowerRoman"/>
+    <w:numStart w:val="1"/>
+    <w:numRestart w:val="continuous"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:ulTrailSpace/>
+    <w:ulTrailSpace w:val="true"/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
-  <w:rsids>
-[...605 lines deleted...]
-  </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
-    <m:dispDef/>
+    <m:smallFrac m:val="false"/>
+    <m:dispDef m:val="true"/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026" strokecolor="000000"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6A6EFD3F"/>
-  <w15:docId w15:val="{DD0E7381-4E99-4687-8CA2-659F68BD9320}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:hint="default" w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:widowControl w:val="0"/>
+        <w:widowControl w:val="false"/>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...375 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="table" w:styleId="13">
+    <w:name w:val="Table Grid Light"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="14">
+    <w:name w:val="Plain Table 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="15">
+    <w:name w:val="Plain Table 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="16">
+    <w:name w:val="Plain Table 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:caps/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="17">
+    <w:name w:val="Plain Table 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="18">
+    <w:name w:val="Plain Table 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="19">
+    <w:name w:val="Grid Table 1 Light"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="20">
+    <w:name w:val="Grid Table 1 Light - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="21">
+    <w:name w:val="Grid Table 1 Light - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="22">
+    <w:name w:val="Grid Table 1 Light - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="23">
+    <w:name w:val="Grid Table 1 Light - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="24">
+    <w:name w:val="Grid Table 1 Light - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="25">
+    <w:name w:val="Grid Table 1 Light - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="95" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="26">
+    <w:name w:val="Grid Table 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="27">
+    <w:name w:val="Grid Table 2 - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="28">
+    <w:name w:val="Grid Table 2 - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="29">
+    <w:name w:val="Grid Table 2 - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="30">
+    <w:name w:val="Grid Table 2 - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="31">
+    <w:name w:val="Grid Table 2 - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="32">
+    <w:name w:val="Grid Table 2 - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="12" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="33">
+    <w:name w:val="Grid Table 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="34">
+    <w:name w:val="Grid Table 3 - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="35">
+    <w:name w:val="Grid Table 3 - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="36">
+    <w:name w:val="Grid Table 3 - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="37">
+    <w:name w:val="Grid Table 3 - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="38">
+    <w:name w:val="Grid Table 3 - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="39">
+    <w:name w:val="Grid Table 3 - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:i/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="40">
+    <w:name w:val="Grid Table 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="41">
+    <w:name w:val="Grid Table 4 - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="32" w:fill="dce6f2" w:themeFill="accent1" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="32" w:fill="dce6f2" w:themeFill="accent1" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="42">
+    <w:name w:val="Grid Table 4 - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="43">
+    <w:name w:val="Grid Table 4 - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="44">
+    <w:name w:val="Grid Table 4 - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="45">
+    <w:name w:val="Grid Table 4 - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="46">
+    <w:name w:val="Grid Table 4 - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="47">
+    <w:name w:val="Grid Table 5 Dark"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="48">
+    <w:name w:val="Grid Table 5 Dark- Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="75" w:fill="aec5e1" w:themeFill="accent1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="75" w:fill="aec5e1" w:themeFill="accent1" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="49">
+    <w:name w:val="Grid Table 5 Dark - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="75" w:fill="e2afad" w:themeFill="accent2" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="75" w:fill="e2afad" w:themeFill="accent2" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="50">
+    <w:name w:val="Grid Table 5 Dark - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="75" w:fill="d1e0b3" w:themeFill="accent3" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="75" w:fill="d1e0b3" w:themeFill="accent3" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="51">
+    <w:name w:val="Grid Table 5 Dark- Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="75" w:fill="c5b8d4" w:themeFill="accent4" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="75" w:fill="c5b8d4" w:themeFill="accent4" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="52">
+    <w:name w:val="Grid Table 5 Dark - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="75" w:fill="acd9e5" w:themeFill="accent5" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="75" w:fill="acd9e5" w:themeFill="accent5" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="53">
+    <w:name w:val="Grid Table 5 Dark - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="75" w:fill="fbcfaa" w:themeFill="accent6" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="75" w:fill="fbcfaa" w:themeFill="accent6" w:themeFillTint="75"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="54">
+    <w:name w:val="Grid Table 6 Colorful"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="55">
+    <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="56">
+    <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="57">
+    <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="58">
+    <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="59">
+    <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="60">
+    <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="61">
+    <w:name w:val="Grid Table 7 Colorful"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="62">
+    <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="dbe5f2" w:themeFill="accent1" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="3e6da5" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="63">
+    <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="64">
+    <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="5d732f" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="65">
+    <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="66">
+    <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="266879" w:themeColor="accent5" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="67">
+    <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="b25408" w:themeColor="accent6" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="68">
+    <w:name w:val="List Table 1 Light"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="69">
+    <w:name w:val="List Table 1 Light - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="70">
+    <w:name w:val="List Table 1 Light - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="71">
+    <w:name w:val="List Table 1 Light - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="72">
+    <w:name w:val="List Table 1 Light - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="73">
+    <w:name w:val="List Table 1 Light - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="74">
+    <w:name w:val="List Table 1 Light - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="75">
+    <w:name w:val="List Table 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="76">
+    <w:name w:val="List Table 2 - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="77">
+    <w:name w:val="List Table 2 - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="78">
+    <w:name w:val="List Table 2 - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="79">
+    <w:name w:val="List Table 2 - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="80">
+    <w:name w:val="List Table 2 - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="81">
+    <w:name w:val="List Table 2 - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+          <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="82">
+    <w:name w:val="List Table 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="83">
+    <w:name w:val="List Table 3 - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="84">
+    <w:name w:val="List Table 3 - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="85">
+    <w:name w:val="List Table 3 - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="86">
+    <w:name w:val="List Table 3 - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="87">
+    <w:name w:val="List Table 3 - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="88">
+    <w:name w:val="List Table 3 - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="89">
+    <w:name w:val="List Table 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="90">
+    <w:name w:val="List Table 4 - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="91">
+    <w:name w:val="List Table 4 - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="92">
+    <w:name w:val="List Table 4 - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="93">
+    <w:name w:val="List Table 4 - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="94">
+    <w:name w:val="List Table 4 - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="95">
+    <w:name w:val="List Table 4 - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="404040"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="96">
+    <w:name w:val="List Table 5 Dark"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="97">
+    <w:name w:val="List Table 5 Dark - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="98">
+    <w:name w:val="List Table 5 Dark - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="99">
+    <w:name w:val="List Table 5 Dark - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69c" w:themeFill="accent3" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="100">
+    <w:name w:val="List Table 5 Dark - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="101">
+    <w:name w:val="List Table 5 Dark - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="92cddd" w:themeFill="accent5" w:themeFillTint="9A"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="102">
+    <w:name w:val="List Table 5 Dark - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+      </w:tblBorders>
+      <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="fac091" w:themeFill="accent6" w:themeFillTint="98"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:b/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="ffffff" w:themeColor="light1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="103">
+    <w:name w:val="List Table 6 Colorful"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="text1"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="104">
+    <w:name w:val="List Table 6 Colorful - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="105">
+    <w:name w:val="List Table 6 Colorful - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="106">
+    <w:name w:val="List Table 6 Colorful - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="107">
+    <w:name w:val="List Table 6 Colorful - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="108">
+    <w:name w:val="List Table 6 Colorful - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="109">
+    <w:name w:val="List Table 6 Colorful - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="110">
+    <w:name w:val="List Table 7 Colorful"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="111">
+    <w:name w:val="List Table 7 Colorful - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d3dfee" w:themeFill="accent1" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="2b4b72" w:themeColor="accent1" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="112">
+    <w:name w:val="List Table 7 Colorful - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="efd3d2" w:themeFill="accent2" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="9f3b38" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="113">
+    <w:name w:val="List Table 7 Colorful - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e6eed5" w:themeFill="accent3" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="7c9a3f" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="114">
+    <w:name w:val="List Table 7 Colorful - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e8" w:themeFill="accent4" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="674f84" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="115">
+    <w:name w:val="List Table 7 Colorful - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="d2eaf1" w:themeFill="accent5" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="348ba3" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="116">
+    <w:name w:val="List Table 7 Colorful - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="fde5d1" w:themeFill="accent6" w:themeFillTint="40"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+        <w:jc w:val="right"/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:color="ffffff"/>
+        <w:tcBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:i/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="dd690a" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="117">
+    <w:name w:val="Lined - Accent"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="118">
+    <w:name w:val="Lined - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="c8d7ea" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="c8d7ea" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="119">
+    <w:name w:val="Lined - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="120">
+    <w:name w:val="Lined - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="121">
+    <w:name w:val="Lined - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="122">
+    <w:name w:val="Lined - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="123">
+    <w:name w:val="Lined - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="124">
+    <w:name w:val="Bordered &amp; Lined - Accent"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="125">
+    <w:name w:val="Bordered &amp; Lined - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="c8d7ea" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="50" w:fill="c8d7ea" w:themeFill="accent1" w:themeFillTint="50"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8bc2" w:themeFill="accent1" w:themeFillTint="EA"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="126">
+    <w:name w:val="Bordered &amp; Lined - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="f3dddc" w:themeFill="accent2" w:themeFillTint="32"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="da9796" w:themeFill="accent2" w:themeFillTint="97"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="127">
+    <w:name w:val="Bordered &amp; Lined - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ebf1dd" w:themeFill="accent3" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="9bbb5a" w:themeFill="accent3" w:themeFillTint="FE"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="128">
+    <w:name w:val="Bordered &amp; Lined - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c7" w:themeFill="accent4" w:themeFillTint="9A"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="129">
+    <w:name w:val="Bordered &amp; Lined - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="130">
+    <w:name w:val="Bordered &amp; Lined - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="404040"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="fdead9" w:themeFill="accent6" w:themeFillTint="34"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="f2f2f2"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="131">
+    <w:name w:val="Bordered"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="132">
+    <w:name w:val="Bordered - Accent 1"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="133">
+    <w:name w:val="Bordered - Accent 2"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="134">
+    <w:name w:val="Bordered - Accent 3"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="135">
+    <w:name w:val="Bordered - Accent 4"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="136">
+    <w:name w:val="Bordered - Accent 5"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="137">
+    <w:name w:val="Bordered - Accent 6"/>
+    <w:basedOn w:val="733"/>
+    <w:uiPriority w:val="99"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+        <w:color w:val="404040"/>
+        <w:sz w:val="22"/>
+      </w:rPr>
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="140">
+    <w:name w:val="Heading 2"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="151"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="80" w:before="160"/>
+      <w:ind/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="141">
+    <w:name w:val="Heading 3"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="152"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="80" w:before="160"/>
+      <w:ind/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="142">
+    <w:name w:val="Heading 4"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="153"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="40" w:before="80"/>
+      <w:ind/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="143">
+    <w:name w:val="Heading 5"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="154"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="40" w:before="80"/>
+      <w:ind/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="144">
+    <w:name w:val="Heading 6"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="155"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:before="40"/>
+      <w:ind/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="145">
+    <w:name w:val="Heading 7"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="156"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:before="40"/>
+      <w:ind/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="146">
+    <w:name w:val="Heading 8"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="157"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0"/>
+      <w:ind/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="147">
+    <w:name w:val="Heading 9"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="158"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext w:val="true"/>
+      <w:keepLines w:val="true"/>
+      <w:pBdr/>
+      <w:spacing w:after="0"/>
+      <w:ind/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="150">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="731"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="151">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="140"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="152">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="141"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="153">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="142"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="154">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="143"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="155">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="144"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="156">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="145"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="157">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="146"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="158">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="147"/>
+    <w:uiPriority w:val="9"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="159">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="160"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+      <w:contextualSpacing w:val="true"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="160">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="159"/>
+    <w:uiPriority w:val="10"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
+      <w:spacing w:val="-10"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="161">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="162"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="162">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="161"/>
+    <w:uiPriority w:val="11"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="163">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="164"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:before="160"/>
+      <w:ind/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="164">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="163"/>
+    <w:uiPriority w:val="29"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="166">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="167">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:link w:val="168"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+        <w:bottom w:val="single" w:color="0f4761" w:themeColor="accent1" w:themeShade="BF" w:sz="4" w:space="10"/>
+      </w:pBdr>
+      <w:spacing w:after="360" w:before="360"/>
+      <w:ind w:right="864" w:left="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="168">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="167"/>
+    <w:uiPriority w:val="30"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="169">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0f4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="170">
+    <w:name w:val="No Spacing"/>
+    <w:basedOn w:val="730"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="171">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="172">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="173">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="174">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="5a5a5a" w:themeColor="text1" w:themeTint="A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="175">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="180">
+    <w:name w:val="Caption"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="35"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0e2841" w:themeColor="text2"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="181">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="730"/>
+    <w:link w:val="182"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="182">
+    <w:name w:val="Footnote Text Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="181"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="183">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="184">
+    <w:name w:val="endnote text"/>
+    <w:basedOn w:val="730"/>
+    <w:link w:val="185"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="185">
+    <w:name w:val="Endnote Text Char"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="184"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="186">
+    <w:name w:val="endnote reference"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="187">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="0563c1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="188">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="954f72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="189">
+    <w:name w:val="toc 1"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="190">
+    <w:name w:val="toc 2"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="220"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="191">
+    <w:name w:val="toc 3"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="440"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="192">
+    <w:name w:val="toc 4"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="660"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="193">
+    <w:name w:val="toc 5"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="880"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="194">
+    <w:name w:val="toc 6"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1100"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="195">
+    <w:name w:val="toc 7"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1320"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="196">
+    <w:name w:val="toc 8"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1540"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="197">
+    <w:name w:val="toc 9"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="100"/>
+      <w:ind w:left="1760"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="198">
+    <w:name w:val="Placeholder Text"/>
+    <w:basedOn w:val="732"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="666666"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="208">
+    <w:name w:val="TOC Heading"/>
+    <w:uiPriority w:val="39"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="209">
+    <w:name w:val="table of figures"/>
+    <w:basedOn w:val="730"/>
+    <w:next w:val="730"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing w:after="0" w:afterAutospacing="0"/>
+      <w:ind/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="730" w:default="1">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:styleId="731">
+    <w:name w:val="Heading 1"/>
+    <w:basedOn w:val="730"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
       <w:ind w:left="118"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="732" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="733" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
+        <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
-        <w:left w:w="108" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
-        <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
+      <w:tblBorders/>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="734" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="735">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BodyTextChar"/>
+    <w:basedOn w:val="730"/>
+    <w:link w:val="747"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
       <w:ind w:left="118"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="736">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="730"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+  <w:style w:type="paragraph" w:styleId="737" w:customStyle="1">
     <w:name w:val="Table Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="730"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="738">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="733"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="008E5C6E"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
+    <w:tcPr>
+      <w:tcBorders/>
+    </w:tcPr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Vert">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="seCell">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="wholeTable">
+      <w:pPr>
+        <w:pBdr/>
+        <w:spacing/>
+        <w:ind/>
+      </w:pPr>
+      <w:tblPr>
+        <w:tblBorders/>
+      </w:tblPr>
+      <w:tcPr>
+        <w:tcBorders/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="739">
     <w:name w:val="annotation reference"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:basedOn w:val="732"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F158C8"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="740">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="730"/>
+    <w:link w:val="741"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F158C8"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="741" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="CommentText"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="740"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F158C8"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="742">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar"/>
+    <w:basedOn w:val="740"/>
+    <w:next w:val="740"/>
+    <w:link w:val="743"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F158C8"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="743" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
-    <w:basedOn w:val="CommentTextChar"/>
-    <w:link w:val="CommentSubject"/>
+    <w:basedOn w:val="741"/>
+    <w:link w:val="742"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F158C8"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="744">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar"/>
+    <w:basedOn w:val="730"/>
+    <w:link w:val="745"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F158C8"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="745" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BalloonText"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="744"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F158C8"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="fontstyle01">
+  <w:style w:type="character" w:styleId="746" w:customStyle="1">
     <w:name w:val="fontstyle01"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00740F04"/>
+    <w:basedOn w:val="732"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT" w:hint="default"/>
+      <w:rFonts w:hint="default" w:ascii="TimesNewRomanPSMT" w:hAnsi="TimesNewRomanPSMT"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+  <w:style w:type="character" w:styleId="747" w:customStyle="1">
     <w:name w:val="Body Text Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="BodyText"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="735"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00C973FA"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="normal-h1">
+  <w:style w:type="character" w:styleId="748" w:customStyle="1">
     <w:name w:val="normal-h1"/>
-    <w:rsid w:val="00B543E8"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii=".VnTime" w:hAnsi=".VnTime" w:hint="default"/>
-      <w:color w:val="0000FF"/>
+      <w:rFonts w:hint="default" w:ascii=".VnTime" w:hAnsi=".VnTime"/>
+      <w:color w:val="0000ff"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...2 lines deleted...]
-    <w:link w:val="HeaderChar"/>
+  <w:style w:type="paragraph" w:styleId="749">
+    <w:name w:val="Header"/>
+    <w:basedOn w:val="730"/>
+    <w:link w:val="750"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C62DA7"/>
     <w:pPr>
+      <w:pBdr/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4680"/>
-        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="750" w:customStyle="1">
     <w:name w:val="Header Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Header"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="749"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C62DA7"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
-[...2 lines deleted...]
-    <w:link w:val="FooterChar"/>
+  <w:style w:type="paragraph" w:styleId="751">
+    <w:name w:val="Footer"/>
+    <w:basedOn w:val="730"/>
+    <w:link w:val="752"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00C62DA7"/>
     <w:pPr>
+      <w:pBdr/>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4680"/>
-        <w:tab w:val="right" w:pos="9360"/>
+        <w:tab w:val="center" w:leader="none" w:pos="4680"/>
+        <w:tab w:val="right" w:leader="none" w:pos="9360"/>
       </w:tabs>
+      <w:spacing/>
+      <w:ind/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="752" w:customStyle="1">
     <w:name w:val="Footer Char"/>
-    <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:link w:val="Footer"/>
+    <w:basedOn w:val="732"/>
+    <w:link w:val="751"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C62DA7"/>
+    <w:pPr>
+      <w:pBdr/>
+      <w:spacing/>
+      <w:ind/>
+    </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...148 lines deleted...]
-  <w:allowPNG/>
+<w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+  <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /></Relationships>
+</file>
+
+<file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
+</file>
+
+<file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
-        <a:ea typeface=""/>
-[...29 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
-        <a:ea typeface=""/>
-[...29 lines deleted...]
-        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:ea typeface="Arial"/>
+        <a:cs typeface="Arial"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:shade val="51000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="80000">
               <a:schemeClr val="phClr">
                 <a:shade val="93000"/>
                 <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="94000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
         <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
@@ -3862,135 +34181,112 @@
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
           <a:scene3d>
             <a:camera prst="orthographicFront">
               <a:rot lat="0" lon="0" rev="0"/>
             </a:camera>
             <a:lightRig rig="threePt" dir="t">
               <a:rot lat="0" lon="0" rev="1200000"/>
             </a:lightRig>
           </a:scene3d>
           <a:sp3d>
             <a:bevelT w="63500" h="25400"/>
           </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="40000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="40000">
               <a:schemeClr val="phClr">
                 <a:tint val="45000"/>
                 <a:shade val="99000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="20000"/>
                 <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...1 lines deleted...]
-          </a:path>
+          <a:path path="circle"/>
         </a:gradFill>
-        <a:gradFill rotWithShape="1">
+        <a:gradFill>
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...1 lines deleted...]
-          </a:path>
+          <a:path path="circle"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
-  <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
-  <TotalTime></TotalTime>
-[...3 lines deleted...]
-  <Application>Microsoft Office Word</Application>
+  <Application>onlyoffice/9.1.0.1</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-[...1 lines deleted...]
-  <ScaleCrop>false</ScaleCrop>
+  <ScaleCrop>0</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
-[...6 lines deleted...]
-    </vt:vector>
+    <vt:vector size="0" baseType="variant"/>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-[...1 lines deleted...]
-    </vt:vector>
+    <vt:vector size="0" baseType="lpstr"/>
   </TitlesOfParts>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-[...3 lines deleted...]
-  <AppVersion></AppVersion>
+  <LinksUpToDate>0</LinksUpToDate>
+  <SharedDoc>0</SharedDoc>
+  <HyperlinksChanged>0</HyperlinksChanged>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>LegiaITC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2015-12-22T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="LastSaved">
     <vt:filetime>2017-07-12T00:00:00Z</vt:filetime>
   </property>
 </Properties>
 </file>